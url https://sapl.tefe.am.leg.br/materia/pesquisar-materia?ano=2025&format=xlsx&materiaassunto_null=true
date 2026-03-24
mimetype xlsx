--- v0 (2025-12-14)
+++ v1 (2026-03-24)
@@ -10,4847 +10,4121 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3248" uniqueCount="1599">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2671" uniqueCount="1357">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>1046</t>
+    <t>947</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>MCA</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação &amp; Aplausos</t>
+  </si>
+  <si>
+    <t>João Paulo</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/947/mocao_de_cong_08_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Congratula ao lateral direito da Seleção Brasileira Sub20 Paulinho (jogador tefeense) pela vitória da Seleção no Campeonato SulAmericano Sub20.</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Francisco Carioca</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1102/mocao_de_congratulacao_19_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Congratula a equipe de Futebol feminino "Praia Clube", da Comunidade Indígena Rural de Porto Praia, em reconhecimento á brilhante conquista do título de campeã da Copa Talismã de Futebol.</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1103/mocao_de_congratulacao_20_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Congratula ao Deputado Federal Saullo Vianna, pela destinação de R$ 6.000.000,00 (seis milhões de reais) em emendas para a área da Saúde do município de Tefé.</t>
+  </si>
+  <si>
+    <t>988</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
-    <t>PDL</t>
-[...2 lines deleted...]
-    <t>Projeto de Decreto Legislativo</t>
+    <t>MPC</t>
+  </si>
+  <si>
+    <t>Moção de Pesar &amp; Condolências</t>
+  </si>
+  <si>
+    <t>Rianna Pires</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/988/mocao_de_pesar_002_-_rianna_pires.pdf</t>
+  </si>
+  <si>
+    <t>Manifestando solidariedade á família da Senhora Raimunda Alves Simão, pelos eu falecimento.</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Marcelo Macedo</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/997/req_101_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma na UBS José Lins.</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/998/req_102_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da rede de esgoto do Mercado Municipal de Tefé.</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/999/req_103_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação da rua 03 de Outubro (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Jackson Antero</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1000/req_104_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação do Ramal do Pavão, próximo á Vila Trindade.</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1001/req_105_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Construção de poço artesiano para escola rural e aquisição de lancha SOS para comunitários.</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1002/req_106_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da Rua 07 de Setembro (Centro).</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1003/req_107_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação das Ruas Portugal e José de Alencar (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1004/req_108_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica, com inclusão de meio fio, calçada e sarjeta na Rua Alvorada (Bairro Nossa Senhora de Fátima), em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1005/req_109_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Á Defesa Civil em conjunto com a Secretaria Municipal de Meio Ambiente, a realização de inspeção conjunta na Estrada das Missões e Estrada do Aeroporto para avaliar a real situação das embaúbas em torno destas localidades, e tomada de providências, para remoção das que apresentam risco de queda.</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1006/req_110_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de escola com 02 salas de aula, aquisição de uma lancha SOS e construção  de um posto de saúde na Comunidade Rural Santa Maria do Boto.</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>Cláudia Marreira</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1007/req_111_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Providências quanto a atualização dos valores das diárias estabelecidos na Lei Municipal nº 013/2025, de 17 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Missionário Daniel</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1008/req_112_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica das ruas do Bairro São Raimundo: Presidente Kennedy, Travessa Emaús, Rua Monte Orebe, Travessa Monte Orebe, Travessa Monte Carmelo, Rua Monte Carmelo.</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1009/req_113_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da ponte no final da Rua Presidente Kennedy (Bairro São Raimundo).</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Paulo Celani</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1028/req_114_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um veículo adaptado para o transporte de pessoas com necessidades especiais, tais como idosos, pessoas com deficiências, neurodivergentes (pessoas com espectro autista, TDAH, entre outras) e indivíduos com mobilidade reduzida, e disponibilização de um número de telefone  e um canal de atendimento via whatsapp para que as solicitações de transporte possam ser realizadas de maneira célere.</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1015/req_115_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e asfaltamento da Rua Tancredo Neves e Raimundo Coelho, no bairro Nova Esperança.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1029/req_116_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Instalação e manutenção de tampas em bueiros, esgotos e galerias pluviais que se encontram abertos em várias ruas da cidade de Tefé.</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1011/req_117_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de poço artesiano na Comunidade do Abiu - Rio Tefé.</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1012/req_118_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de poço artesiano na Comunidade da Missão.</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Tapioca</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1013/req_119_-_tapioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de 04 salas de aula na Escola Rural Raio de Sol, na Comunidade Aldeia Nova Esperança, localizada no Ramal do Divino na Estrada da EMADE, KM 06.</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1014/req_120_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de fechamento de cratera na entrada da Rua Campinas (Bairro Santa Tereza).</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1016/req_121_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de antenas de internet via satélite da Starlink nas escolas das comunidades rurais rurais do Lago de Caiambé, especificamente nas localidades do Distrito de Caiambé, Feliciana, Iagarapé-Açú, Tucumanzinho e Zé Belo.</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1017/req_122_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de antenas de internet via satélite da Starlink nas escolas das comunidades rurais rurais do Rio Tefé, especificamente nas comunidades de Boa Vista, Nova Jerusalém do Igarapé-Açú, Bom Futuro, São Benedito e São Sebastião do Turé.</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1018/req_123_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Elaboração de um calendário de distribuição da merenda escolar para as escolas da zona urbana e rural de Tefé.</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1019/req_124_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação do Ramal do Alface (Estrada das Missões).</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1020/req_125_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de urnas funerárias e deixe-as alocadas no Distrito de Caiambé, para serem requisitadas em caso de falecimento de comunitários.</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1021/req_126_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração e instalação de equipamentos de um poço artesiano no Ramal Beija Flor, KM 13 - Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>João Batista</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1078/req_127_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Viabilidade da troca da tubulação  da rede de água  da Comunidade de Agrovila.</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1022/req_128_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de madeiras e a construção de pontes (trapiches) na Rua Beira-Rio, próximo ao Porto de Catraia, conhecido popularmente como "Porto da Hospedaria Bruce", com a finalidade de garantir a locomoção das famílias residentes na área.</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1023/req_129_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de Bombeiros (Brigadistas) para fortalecer o funcionamento do município, considerando uma parceria existente entre a Prefeitura e a corporação.</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1024/req_130_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de posto de saúde na Comunidade Barreirinha - Rio Curumitá.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1025/req_131_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de microscópio e contratação de profissional microscopista para apoio na Comunidade Barreirinha - Rio Curumitá.</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1026/req_132_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de lixeiras públicas para o Mercado Municipal.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1027/req_133_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção da Escola São Francisco da Estrada da EMADE KM 04.</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1030/req_134_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Construção de guarita da Guarda Civil Municipal (GCM) no Bairro Vila Nova.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1031/req_135_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Construção de posto de saúde no Bairro de Vila Nova.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1032/req_136_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de internet via satélite  da Starlink nas escolas das comunidades rurais da Estrada da Agrovila e EMADE, especificamente nas seguintes localidades: Assentamento Flora Agrícola, Andiroba, Bom Jesus da EMADE, Maranata, Nova Esperança - KM 06, Nova Esperança (Ramal do Pavão), Projeto MAPI, São Francisco do Canindé, Vila Trindade (Ramal do Pavão), Vista Alegre.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1033/req_137_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de internet via satélite da Starlink nas escolas das comunidades rurais do Rio Curumitá, especificamente nas comunidades Morada Nova, Preciosa, Santa Maria do Boto, Santa Rosa, São Thomé do Lago do Pente.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1034/req_138_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação asfáltica do Beco do Bexiga - Bairro Jerusalém.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1035/req_139_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de antenas de internet para as escolas das comunidades do Rio Curumitá.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1036/req_140_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção da Escola Santa Clara, na Estrada da EMADE, KM 21.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1037/req_141_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica da Rua Princesa Izabel, Bairro São Raimundo.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>142</t>
   </si>
   <si>
     <t>Helinho Bessa</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1046/proj_de_dec_leg_002_-_helinho_bessa.pdf</t>
-[...5 lines deleted...]
-    <t>1087</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1038/req_142_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Reparos na Rua Minas Gerais - Bairro de Santo Antônio.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1039/req_143_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação pública e aquisição de triciclo para produtores rurais, no deslocamento para a Comunidade Rural de Santa Luzia do Curupira.</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1050/req_144_-_rianna.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da iluminação pública  e implantação de luminárias de LED na Comunidade de Boa Vontade, Km 10, (Estrada da Agrovila/EMADE).</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1051/req_145_-_franciso_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de placas solares em todas as escolas e poços artesianos nas comunidades rurais pertencentes ao Rio Tefé: Aranatuba, Bela Vista do Sapiá, Boa Vista, Boa Sorte, Cacautuba, Deus é Pai, Piraruaia, Monte Sião, Ponta da Sorva, São Benedito, São Francisco do Itaúba, Paxiubinha, Moquental, São Raimundo do Sapiá e Vila Moura, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1052/req_146_-_franciso_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um posto de saúde, a construção de um centro social e a reforma completa da escada que dá acesso à escola localizada no morro da Comunidade Rural da Ponta da Sorva, situada no Rio Tefé, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1053/req_147_-_franciso_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de 4 quadros brancos, para a Escola Municipal Rural Raimundo Guerreiro, aquisição de uma impressora, 40 cadeiras para crianças da Educação Infantil e a construção de um posto de saúde de alvenaria na Comunidade Rural de Bela Vista do Sapiá, localizada no Rio Tefé, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1054/req_148_-_franciso_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção da Casa do Professor, centro social, casa de motor de luz, posto de saúde, compra de 40 cadeiras para Educação Fundamental I e II, 04 mesas para sala de aula (professores), 40 cadeiras para Educação Infantil, quadros brancos novos, em caráter de urgência, na Comunidade Aranatuba - Rio Tefé.</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1055/req_149_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação com instalação de meio fio, calçada e drenagem das águas pluviais nas ruas Rosângela Coca e Luciane Alves, ambas no bairro Jardim Lara.</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1056/req_150_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza geral  do terreno que se encontra em estado de abandono e a reativação do antigo posto de polícia, localizado entre a Rua da Paz e a Rua Moacir Viega, ao lado da Escola Estadual Nazira Litaiff (Bairro São João).</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>Luri</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1057/req_151_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Realização de operação tapa-buracos na Estrada da EMADE, visando restauração e manutenção da via.</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>Manuel Situba</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1058/req_152_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento da Estradinha (trecho com a Rua das Castanheiras) na Colônia Ventura.</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1059/req_153_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção da ponte  Artur Rodrigues Alves, no Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1060/req_154_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção da Ponte José Luciano Rodrigues Alves (Bairro Nossa Senhora de Fátima).</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1061/req_155_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Alvorada (Bairro Nossa Senhora de Fátima).</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1062/req_156_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica com drenagem e meio fio, na Estrada do Itapuã, ao lado do Instituto Mamirauá.</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1063/req_157_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa buracos na via pública entre a Rua Raimundo Lima com a Moacir Viega.</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1064/req_158_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Capina das margens da Rua 03 de outubro (Bairro Santa Luzia), no trecho que dá acesso à Rua Espírito Santo, e pavimentação asfáltica da referida via.</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1065/req_159_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de escola com 4 salas de aula, a edificação de uma Casa do Professor,  e a instalação de uma antena Starlink na Comunidade Rural Preciosa, localizada no Rio Curumitá, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1066/req_160_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um centro social, manutenção e ampliação da rede hidráulica e da iluminação pública na Comunidade Rural de Santa Maria do Boto (Rio Curumitá) em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1067/req_161_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de escola com 03 salas de aula, a construção de Casa do Professor, ampliação da rede hidráulica e a instalação de dois tanques de 2.000 litros cada para a Comunidade de São Raimundo do Sapiá (Rio Tefé) em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1068/req_162_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de lancha SOS e antena Starlink para a Comunidade Morada Nova (Rio Curumitá) em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1069/req_163_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma ponte (trapiche) á Rua Presidente Kennedy (Bairro São Raimundo), com estrutura  adequada para passagem de motos e, posteriormente a viabilidade do calçamento da referida rua.</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1070/req_164_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e abertura do Ramal Novo (Km 15 da Estrada da EMADE), em frente ao Ramal da União, considerando sua importância para a mobilidade dos moradores e o escoamento da produção agrícola.</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1071/req_165_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Reparos na Rua José Lindoso (Bairro Nova Esperança).</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1072/req_166_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Reparos á Rua Assis Pinheiro (Bairro São Raimundo).</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1073/req_167_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da Rua Amazonas (Bairro São João), tendo em vista as más condições de trafegabilidade da via.</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1074/req_168_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Realização de "Teste de Vazão" no poço artesiano localizado entre a UBS Maria Fatim e a Creche Ana Maria de Souza Lima, na Travessa Pedro Coca (Bairro Nossa Senhora de Fátima), visando a substituição da bomba d'água atual (7 CV) por uma de maior potência, bem como  a interligação do referido poço á rede de distribuição da Rua José Luciano Rodrigues Alves e Rua Alvorada, no mesmo bairro.</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1075/req_169_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação da Rua José Lindoso (Bairro Nova Esperança).</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1076/req_170_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação da Rua Ceará - Vila Boa Sorte.</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1077/req_171_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação do Beco Mercindo Rodrigues na Travessa Bem-Te-Vi.</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1080/req_172_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Travessa Papagaio (Bairro de Fonte Boa).</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1081/req_173_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Quinze de Junho (Bairro Juruá).</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1082/req_174_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Troca do poste de energia elétrica (Estrada do Aeroporto - próximo á entrada do Centro Vocacional).</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1083/req_175_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de quadra para prática de Educação Física e instalação de playground  na Escola Municipal Bertholletia Excelsa.</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1084/req_176_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Solene em celebração aos 188 anos da Polícia Militar do Estado do Amazonas.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>Lazinho Nogueira</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1085/req_177_-_lazinho_nogueira.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Solene em celebração ao Dia dos Assistentes Sociais, dia 15 de maio.</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1086/req_179_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma rotatória no cruzamento da Estrada do Aeroporto com as Ruas Pedro Coca, Travessa Emaús e Rua Presidente Kennedy.</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1091/req_180_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Pedido à Mesa Diretora da Câmara Municipal o pedido de Sessão Solene em homenagem aos profissionais da enfermagem do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1092/req_181_-_lazinho.pdf</t>
+  </si>
+  <si>
+    <t>Pedido à Mesa Diretora de realização de Sessão Solene em homenagem à Semana do Pescador, no dia 23 de junho de 2025.</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1093/req_182_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da Travessa Rodrigues Alves (Bairro de Nossa Senhora de Fátima).</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1094/req_183_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Intensificação da fiscalização de estabelecimentos de materiais de construção que utilizam indevidamente as calçadas, obstruindo trânsito.</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1095/req_184_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica da Rua Portugal (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1096/req_185_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica da Rua Castro Alves (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1097/req_186_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Reparos na Rua Antídio e Rua Natal (Bairro São Francisco).</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1105/req_187_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação com instalação de meio fio, calçada e drenagem das águas pluviais à Rua São João e nas demais ruas do Bairro Santa Luzia.</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1106/req_188_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Substituição das lâmpadas  queimadas em sete postes a partir da entrada do local denominado "Alçapão", na Estrada das Missões.</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1107/req_189_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Saúde a instalação de aparelhos de televisão nas enfermarias e maternidade da rede pública de saúde do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1108/req_190_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Secretaria Municipal de Saúde a inclusão do serviço de ultrassonografia morfológica gratuita na rede pública municipal de saúde.</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1109/req_191_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica das ruas do Bairro Santa Luzia.</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1110/req_192_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e concretagem do Ramal do Vovô (Estrada da Agrovila)..</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1111/req_193_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa buracos na Estrada das Missões, especialmente no trecho anterior à Capela.</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1112/req_194_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e asfaltamento da Rua Rodrigues Alves, no Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1113/req_195_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Retomada e conclusão da obra da ponte situada à Rua Rodrigues Alves, Bairro de Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1114/req_196_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluso no planejamento de 50 quilômetros de pavimentação asfáltica para Tefé as seguintes vias públicas: Rua Presidente Kennedy, Travessa Emaús, Rua Luciane Alves, Rua Tancredo Neves e Rua Raimundo Coelho.</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1115/req_197_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Requer encaminhamento de convite oficial à Coordenação Municipal da Defesa Civil de Tefé para que seu Coordenador compareça à Sessão Ordinária da Câmara Municipal de Tefé na data de 05 de junho de 2025, para prestar esclarecimentos sobre as atividades da Defesa Civil na época da cheia.</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1116/req_198_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado convite oficial ao Diretor da Agência da Amazonas Energia em Tefé, para que compareça à Sessão Ordinária da Câmara Municipal de Tefé em data a ser definida pela Mesa Diretora, para prestar informações e esclarecimentos  sobre o fornecimento de energia elétrica em Tefé, interrupções, marco legal e sobre protestos em cartórios.</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1117/req_199_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da Rua Pedro Coca, Bairro Jardim Lara.</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1118/req_200_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da Travessa Bem-Te-Vi, Bairro Fonte Boa.</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1123/req_201_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de uma caixa d'água com capacidade de 10.000 litros na Rua Felicidade, (Estrada das Missões).</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1124/req_202_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma guarita permanente da Guarda Municipal na Comunidade Porto Praia.</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1125/req_203_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais essenciais e de melhorias para  a Comunidade Piraruaia - Rio Tefé.</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1126/req_204_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de lancha SOS  e contratação de Técnico de Enfermagem para a Comunidade Deus é Pai.</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1127/req_205_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização das praças públicas do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1128/req_207_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Inclusão da Rua Armando Barros no cronograma de pavimentação asfáltica da cidade de Tefé.</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1129/req_208_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de um quebra-molas (lombada)  na Rua José Luciano Rodrigues Alves, nas proximidades da Escola Municipal de Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1130/req_210_-_jackson.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 03 postes de energia elétrica na Rua Felicidade, localizada na Estrada das Missões.</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1131/req_211_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de câmeras  de segurança em todas as escolas municipais.</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1132/req_212_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de elevado de água com capacidade mínima  de 5000 (cinco mil litros) destinado exclusivamente à Escola Municipal Bertholletia Excelsa.</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1133/req_213_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da ponte localizada na Rua Gonçalves Dias, no Bairro de Santa Luzia, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1134/req_214_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Pede à Secretaria Municipal de Produção, Abastecimento e Desenvolvimento Sustentável, em conjunto com a Secretaria Municipal de Assistência Social e Cidadania, que realizem uma ação itinerante no Bairro Colônia Ventura com o objetivo de atender os associados da Colônia de Pescadores COLPESCA - Z4 no sentido de viabilizar a emissão de 130 (cento e trinta) cédulas de identidade (RG).</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1135/req_215_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Requer elaboração de estudos técnicos  e orçamentários para criação  do Centro Municipal de Apoio, Acolhimento e Convivência para Pessoas com Deficiência (PCD, com atendimento multidisciplinar  e estrutura adequada.</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1136/req_216_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e pavimentação nas mediações do trecho no KM 18, localizado  na Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1137/req_217_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da calçada para pedestres na Estrada do Aeroporto, entre as ruas Santa Rita e Rua Campinas.</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1138/req_218_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e reparo da Rua Presidente Kennedy (Bairro de São Raimundo).</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1139/req_219_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias para o Bairro Nossa Senhora de Fátima na questão de pavimentação viária das ruas, conforme pedido dos moradores (em anexo).</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1140/req_220_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção de pequena ponte de acesso no Beco Bem-Te-Vi, nº 925.</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1141/req_221_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da rede de esgoto da Rua 13 (Bairro Colônia Ventura), e remoção completa do acúmulo de lixo existente.</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1144/req_222_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma nova ponte de acesso nas imediações do córrego localizado no Beco Bem-Te-Vi, e realização de limpeza do referido córrego com a retirada do lixo acumulado.</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1145/req_223_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Avaliação da Coordenação de Defesa Civil e posterior realização de construção de moradia para família em situação de risco social e estrutural no Beco Bem-Te-Vi.</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1146/req_224_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Pede atendimento dos moradores das Ruas Tancredo Neves e Raimundo Coelho no que tange à manutenção e pavimentação asfáltica, bem como da limpeza geral e capina das vias.</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1147/req_225_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Ampliação, adequação e reequipagem do espaço físico da unidade do Banco de Sangue de Tefé.</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1148/req_226_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma ponte permanente de concreto no Beco Vitória (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1149/req_227_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e manutenção das paradas de ônibus na Estrada da EMADE, Estrada da Agrovila e Estrada do Aeroporto.</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1152/req_229_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação pública em todas as comunidades do Lago de Caiambé.</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1153/req_230_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação pública em todas as comunidades  do Solimões, Lago do Marajó, até a última comunidade do Lago do Catuá.</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1154/req_231_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da Praça Túlio Azevedo.</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1155/req_232_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de psicólogo para atendimento na UBS da Comunidade de São Francisco - Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1156/req_234_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e operação tapa-buracos à Avenida Tiradentes, no trecho entre a Rua Minas Gerais e a ponte (Bairro Nossa Senhora de Fátima), e a Rua Trindade (Bairro Santa Luzia).</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1157/req_235_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Imediata liberação da tubulação para o poço localizado na Estrada das Missões em frente à residência do Senhor Márcio, em articulação com o Serviço Autônomo de Água e Esgoto (SAAE).</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1158/req_236_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de recuperação da via de acesso ao CETI "Francisco Hélio Bezerra Bessa."</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1159/req_237_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da ponte de madeira localizada no Beco Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1160/req_238_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de uma equipe médica multidisciplinar para a Comunidade Bacuri (Lago de Tefé).</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1165/req_239_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Prefeito Municipal que determine data fixa em calendário oficial, para distribuição de diesel às comunidades rurais do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1166/req_240_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de lixeiras públicas na Praça Remanso do Boto e Praça da Saúde, neste município de Tefé.</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1167/req_241_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação asfáltica para as ruas Nogueira, Uarini, 03 de Outubro, Vitória, José de Alencar e Joaquim Nabuco, localizadas no Bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1168/req_242_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Disponibilização de médico clínico para atendimento fixo e diário na UBS da Comunidade de São Francisco - Estrada da EMADE e uma ambulância nova.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1171/req_243_-_rianna_pires.pdf</t>
+  </si>
+  <si>
+    <t>Realização de estudo para viabilizar a construção de postos de saúde pólo nas comunidades de Nossa Senhora de Perpétuo Socorro e São João do Bacuri.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1172/req_244_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção em alvenaria da Rua São Cristóvão (Bairro Santa Luzia) com possibilidade de ampliação de largura.</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1173/req_245_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Juvenal Corrêa, na Estrada das Missões.</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1174/req_246_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e pavimentação da Rua São Miguel, que é via de acesso para as Comunidades de Barreira da Missão de Baixo, Barreira do Meio, Betel e Barreira de Cima.</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1175/req_247_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de lancha SOS para Comunidade do Abiu (Rio Tefé).</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1176/req_248_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um ponto de apoio de saúde na Comunidade Rural de Bacuri.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1177/req_249_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma lancha com 01 motor de 90HP destinada à Secretaria Municipal de Esportes (SEMJEL).</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1178/req_250_-_daniel_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Centro Integrado de Esportes em Tefé, com infraestrutura adequada para práticas de esportes diversos.</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1179/req_251_-_daniel_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma quadra coberta na Escola Municipal Colônia Ventura.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1183/req_252_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma ponte à Travessa Jericó, Bairro São Raimundo.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1184/req_253_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Centro Social na Comunidade do Pavão, zona rural.</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1195/req_254_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e distribuição de kits  esportivos  compostos por bolas de campo, bola de vôlei e rede de vôlei para todas as escolas municipais da zona rural.</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1196/req_255_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de banheiros adaptados para Pessoas com Deficiências (PCDs) em todas as escolas da rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1197/req_256_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma balieira equipada com motor de 40hp, destinada à Comunidade Rural de Tucumanzinho.</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1185/req_257_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza geral do Bairro Jardim das Flores (Estrada das Missões).</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1186/req_258_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Mutirão de limpeza no Ramal do Pão (Estrada das Missões).</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1187/req_259_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Construção de cobertura, capela adequada e estrutura em mármore para apoio às cerimônias fúnebres (colocação de caixão na pedra para ritos finais) no cemitério localizado à Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1188/req_260_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de hidrantes em pontos estratégicos da zona urbana do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1212/req_261_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Construção de cobertura, capela adequada e e estrutura em mármore  para apoio às cerimônias fúnebres, especialmente à colocação do caixão durante a despedida final, no cemitério da Estrada da Agrovila.</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1189/req_262_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>À Mesa Diretora da Câmara Municipal de Tefé, que delibere data para realização de sessão solene, com entrega de certificados à comissão, subcomissão organizadora, pastores e lideranças das igrejas participantes da Marcha para Jesus 2025, e também da 1ª e 2ª edição, realizadas no Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1190/req_263_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura e Obras a pavimentação e iluminação da Rua Tamuana, nº 2168, atrás da Casa do Estudante.</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1191/req_264_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>À Secretaria Municipal de Assistência Social &amp; Cidadania e Secretaria Municipal de Saúde, solicitando informações sobre a existência e funcionamento do Cadastro Municipal de Pessoas com Deficiência (CMPD) em Tefé.</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1192/req_265_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Iluminação Pública para o Ramal e Comunidade de Agrovila da EMADE (KM 13) - Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1193/req_266_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de rede de distribuição de água na Comunidade São José do Genipaua.</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1194/req_267_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 02 poços artesianos, 01 na Comunidade Benfica e 01 na Localidade no Igarapé do Mirini.</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1198/req_268_-_jackson.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de placas de identificação em todas as ruas do Município de Tefé, contendo nome da via e bairro.</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1199/req_269_-_lazinho.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação asfáltica da Rua Rouxinol, no bairro Fonte Boa.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1200/req_270_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de corrimão nas escadas  de alvenaria à Rua 15 de Junho (Bairro de Juruá).</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1201/req_271_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Pede para que o Poder Executivo tome providências no sentido de informar às concessionárias competentes a retirada de fios inutilizados de energia elétrica, de antigas redes telefônicas e internet dos postes de iluminação pública, especialmente aqueles que se encontram pendurados, embolados ou abandonados na rede, representando risco à segurança da população.</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1208/req_272_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de um poço artesiano na Comunidade Vila Vale, para atender a Comunidade Rural São Jorge (Paraná de Tefé).</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1209/req_273_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>À Mesa Diretora da Câmara Municipal de Tefé a realização de Sessão Solene em Homenagem ao Dia do Psicólogo(a), que tem sua celebração no dia 27 de agosto.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1214/req_274_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção de abrigo/ponto de apoio ao agricultor no Ramal da União KM 15 da Estrada da EMADE, com estrutura que sirva como parada de ônibus e depósito para armazenamento temporário da produção agrícola, dos agricultores da Comunidade Nova Jerusalém.</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1202/req_275_-_jp.pdf</t>
+  </si>
+  <si>
+    <t>Abertura de um novo acesso ao Cemitério Municipal, localizado ao lado do muro da antiga usina  da CEAM, utilizando como entrada a Travessa Costa e Silva.</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1203/req_277_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Providências urgentes para a urbanização da Rua Jaraguaia (Bairro São João).</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1204/req_278_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação da iluminação pública nas Ruas José Correia e Juvenal Correia na sede do Distrito de Caiambé.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1205/req_279_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza do Ramal da Farinha no Distrito de Caiambé.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1220/req_280_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de poço artesiano no Ramal da União, localizado na Estrada da EMADE - Km 15.</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1221/req_281_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>À Mesa Diretora da Câmara Municipal de Tefé, requerendo Audiência Pública destinada a debater a situação da Segurança Pública em Tefé.</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1222/req_282_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e impermeabilização da caixa d'água, localizada no pátio do 1º Centro de Educação em Aplicação Walter Cabral (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1206/req_283_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um motor de 40HP de potência para a Comunidade Nova Sião (MIrini).</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1210/req_284_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Disponibilização e instalação de um reservatório de água na Comunidade Santo Izidoro e também no Ramal do Andiroba (Estrada da EMADE).</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1211/req_285_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Abertura e melhoria do acesso dos comunitários do Ramal Bom Jardim, situado no Km 09 da Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1215/req_286_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>À Secretaria Municipal de Saúde a adoção de medidas necessárias para a aquisição e disponibilização de canetas de insulina, insumo já previsto  no âmbito do Sistema Único de Saúde  - SUS, para atendimento aos portadores de diabetes em nosso município.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1216/req_288_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais para atendimento no ponto de saúde localizado na Comunidade Rural Paranã de Tefé.</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1217/req_289_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Monte Sinai, próximo do SESC Tefé e Igrejinha São Raimundo (Bairro São Raimundo), e aquisição de lixeiras.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1218/req_290_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um bueiro à Rua Jericó, entre o nº 114 e 126 (Bairro Jerusalém).</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1223/req_291_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa Diretora da Câmara Municipal de Tefé a realização de Sessão Solene alusiva ao Setembro Amarelo, com fundamento na Lei Municipal nº 220/2023, que institui a Política Municipal de Prevenção e Combate ao Suicídio e Valorização da Vida.</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1224/req_292_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração e instalação de poço artesiano no Bairro Colônia Ventura, para distribuição de água potável às ruas 24, 25, 26, 27 e 28 do referido bairro.</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1225/req_293_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer disponibilização e instalação de um novo gerador de energia para a Comunidade Boa Vista - Rio Tefé.</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1226/req_294_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Providências e reparos à Rua Pará e Rua Fortaleza (Vila Boa Sorte).</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1228/req_295_-_rianna.pdf</t>
+  </si>
+  <si>
+    <t>Requer limpeza, manutenção e colocação de tampas em diversos bueiros do bairro do Abial.</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1229/req_296_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração e instalação  de um poço artesiano na Comunidade Rural Tuiuca, localizado no Cano do Mirini, com a devida conclusão do sistema de abastecimento de água, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1230/req_297_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>À Secretaria Municipal de Saúde, Sra. Lecita Marreira, solicitando a contratação de um microscospista para atender a Comunidade Rural Morada Nova e Santa Maria do Boto e localidades adjacentes.</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1231/req_298_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Criação de base de saúde na Comunidade Rural Preciosa, e a contratação de uma técnica de enfermagem para atender as Comunidades Rurais do Rio Curumitá: Santa Maria do Boto, Morada Nova e Preciosa, bem como as localidades do Igarapé da Barreira, Boa Sorte e Ilha da Cerca.</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1232/req_299_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção da escada e porto com cobertura, à Rua Belo Horizonte (Bairro do Abial).</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1233/req_300_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica da Comunidade Rural de Boa Vontade (estrada da EMADE).</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1242/req_301_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa Diretora da Câmara Municipal de Tefé a realização de Sessão Solene em celebração aos 40 anos da Escola Estadual Corintho Borges Façanha.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1243/req_302_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Realização de estudo técnico de viabilidade para construção de uma passarela nas proximidades da Escola Estadual Corintho Borges Façanha e Centro Educacional Governador Gilberto Mestrinho.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1234/req_303_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de um veículo de duas rodas adaptado "motolância", destinado a atendimentos de emergência em casos de menor complexidade, com profissionais devidamente treinados para este fim.</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1235/req_304_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza de todos os poços artesianos das comunidades rurais de Tefé.</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1236/req_305_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica das ruas da Comunidade São Francisco (Estrada da EMADE).</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1237/req_306_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica da Comunidade Boa Vontade - Estrada da EMADE;</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1238/req_307_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Ponte de alvenaria no final da Rua São Cristóvão (Bairro Santa Luzia).</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1244/req_308_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer a criação da Secretaria Municipal de Proteção Animal.</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1245/req_309_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Realização da pavimentação asfáltica à Rua Três de Outubro (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1246/req_310_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca imediata das barras de ferro da ponte localizada no Bairro Nossa Senhora de Fátima, em razão do seu avançado estado de deterioração.</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1247/req_311_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Desentupimento do bueiro localizado entre a entrada da Rua Campinas (Bairro Santa Tereza) no cruzamento da Estrada do Aeroporto (referência posto Naverio).</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1248/req_312_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção de escada de acesso  ao porto do Igarapé do Miriti, localizado na Estrada da Agrovila, tendo em vista a dificuldade de acesso.</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1249/req_314_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção asfáltica da Rua Rouxinol, localizada no Bairro de Fonte Boa, tendo em vista o estado de deterioração do pavimento pela ação do tempo, com inúmeros buracos que vêm prejudicando o trânsito de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1250/req_315_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Inclusão de pavimentação asfáltica no Beco Raimundo Lima (Bairro de Jerusalém).</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1251/req_316_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Retomada da construção da ponte localizada no Bairro Vila Nova, em razão do estado crítico em que se encontra a estrutura e da necessidade urgente de garantir a segurança e mobilidade aos moradores.</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1252/req_317_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de poste de iluminação pública na Ponte do Bairro Vila Nova.</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1253/req_318_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação pública nos portos trechos Tefé/Colônia, Tefé/Abial e vice versa.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1254/req_319_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação e recapeamento da Travessa Papagaio (Bairro Fonte Boa).</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1255/req_320_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Estudo para verificar a viabilidade de instalação de hidrante de recalque nos reservatórios elevados com potencial de abastecimento das viaturas dos corpos de bombeiros, em caso de incêndio.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1256/req_321_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao SAAE a aquisição e recuperação das tampas das caixas de registros localizadas à Rua Beija-Flor (próximo à APAE), Rua Rouxinol e demais pontos da cidade.</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1257/req_322_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 30 tubos destinados à rede hidráulica da Comunidade Rural Severino.</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1271/req_348_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma lancha SOS de maior porte para o Distrito de Caiambé.</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1272/req_349_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de iluminação pública na Comunidade Rural Indígena de Tucumanzinho (Lago de Caiambé).</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1273/req_350_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Reparo e manutenção de um trajeto da Rua Santa Fé com esquina da Rua da Paz (Bairro São João).</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1274/req_351_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação para o Ramal da Comunidade de Santo Isidoro.</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1275/req_352_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Viabilidade de reforma e ampliação do refeitório da Escola Municipal Dorotéia Bezerra dos Santos.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1259/req_353_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja disponibilizada a unidade odontológica móvel para uma ação na Fazenda da Esperança.</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1260/req_354_-_lazinho_nogueira.pdf</t>
+  </si>
+  <si>
+    <t>Requer a retirada de bueiro à Rua João Estéfano que está obstruindo a rua.</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1261/req_355_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação do pavimento da Rua Jericó (próximo ao cruzamento com a Rua Carfanaum), no local onde foi aberto um buraco pelo SAAE-Tefé, para conserto de vazamento na rede de distribuição de água, e que não recebeu o devido serviço de tapagem e recomposição de asfalto.</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1262/req_356_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura Urbana e Obras, que determine a conclusão dos serviços de pavimentação asfáltica e reparos na rede de drenagem e esgoto no trecho da Rua São João, no Bairro Santa Luzia.</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1263/req_357_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura Urbana e Obras o reparo e pavimentação asfáltica da Rua José de Alencar (Bairro Santo Antônio).</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1264/req_358_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Produção &amp; Abastecimento a instalação de ventiladores industriais na Feira Municipal.</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1284/req_359_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Criação do Programa de Alfabetização Digital de Adultos e Idosos no Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1267/req_360_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura e Obras que determine o reparo e conclusão da pavimentação asfáltica da Rua Marechal Deodoro - Centro.</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1268/req_361_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura e Obras que determine reparos e pavimentação asfáltica da Rua Otaviano de Melo - Centro.</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1269/req_362_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Mesa Diretora da Câmara Municipal de Tefé  que seja realizada em sessão oportuna desta Casa Legislativa um momento de homenagem à Seleção de Tefé de Futebol de campo - categoria Master pela conquista do título de campeã da 1ª Copa Rio Solimões Master 2025.</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1270/req_363_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Infraestrutura e Obras a solicitação de reparos no Beco Nunes Alves (Bairro São José).</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1285/req_364_-_rianna_pires.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal e IMTRANS uma análise técnica visando a implantação de áreas específicas nos logradouros públicos para estacionamentos rotativos e temporários destinados aos trabalhadores mototaxistas.</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1280/req_366_-_rianna_pires.pdf</t>
+  </si>
+  <si>
+    <t>Convite à Secretária Municipal de Cultura para exposição detalhada sobre as ações, projetos e programas desenvolvidos pela pasta, em alusão ao Dia Nacional da Cultura, celebrado em 05 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1281/req_366_-_rianna_pires.pdf</t>
+  </si>
+  <si>
+    <t>Á Mesa Diretora, pedindo realização de sessão solene e placa de homenagem aos 90 anos de existência da Igreja Matriz de Santa Tereza D'Ávila.</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1282/req_367_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de reparos na ponte de madeira à Rua 7 de setembro (Centro).</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1283/req_368_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um muro de contenção no Distrito de Caiambé, e instalação de escada para melhoria de acesso.</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1286/req_370_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer viabilização de aquisição e instalação de um novo aparelho de Raio-X para atendimento no Hospital Regional de Tefé.</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1289/req_371_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Prefeitura de Tefé asfaltamento das ruas Travessa Monte Alegre, Rua Alexandre Rodrigues Alves, Rua Arthur Rodrigues Alves, Rua Pedro Coca, Travessa Pedro Coca,  e Rua Alvorada, todas situadas no Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1290/req_372_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Solicita construção ou instalação de um flutuante em local apropriado para uso dos agricultores.</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1291/req_373_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de um poço artesiano no Bairro Nossa Senhora de Fátima, tendo em vista o problema constante de falta de água que vem afetando os moradores daquela localidade.</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1292/req_374_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Execução do recapeamento asfáltico (recuperação da malha viária) da Rua Emaús (Bairro Jerusalém).</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1293/req_375_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e iluminação da Estrada do Itapuã, localizada neste município de Tefé.</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1294/req_377_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração e instalação de um novo poço artesiano na Comunidade Cairara (Lago do Caiambé).</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1295/req_378_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de reparos e pavimentação à Rua Pedro Coca (Bairro Nossa Senhora de Fátima).</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1298/req_379_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>requer providências quanto ao fornecimento de fardamento padronizado aos permissionários da Feira Municipal.</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1299/req_380_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação do acesso ao Porto de Catraia do Bairro Abial e do Porto de Catraia do Bairro Colônia Ventura.</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1300/req_381_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Á Secretaria Municipal de Infraestrutura e Obras que determine reparos e pavimentação asfáltica da Rua Guimarães na Estrada das Missões.</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1301/req_382_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Homenagem á Escola Municipal de Tempo Integral Berthollethia Excelsa, em reconhecimento ao destaque obtido no Edital nº 02/2025 do MEC, que trata sobre a Seleção Nacional de Experiências Inspiradoras de Gestão e Projetos Pedagógicos de Educação Integral em Tempo Integral, com o projeto "Tefé valorizando nossa história e nossa cultura".</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1302/req_383_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Perfuração de um poço artesiano no KM 11 da Estrada da EMADE</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1303/req_385_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da Praça Túlio Azevedo, com a transferência do monumento do avião do Memorial "Antônio Picão" para a Estrada do Aeroporto, bem como a instalação de um busto de bronze do Ex-Prefeito Túlio Azevedo na praça que leva seu nome.</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1304/req_386_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da descida  que dá acesso ao porto da balsa de lancha Ajato e de catraia para Nogueira, localizada atrás da Praça Alcindo Roberto - Centro de Tefé.</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1305/req_387_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de placas solares em sete residências da Comunidade Rural Bom Futuro.</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1306/req_389_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Á Secretaria Municipal competente a fiscalização e atuação para evitar poluição visual e obstrução de calçadas e esquinas no perímetro urbano de Tefé/Am.</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1307/req_390_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da Praça Remanso do Boto e do entorno do Centro Cultural de Tefé, com implantação de banheiros públicos, estrutura de segurança e acessibilidade.</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1308/req_391_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da Praça Matriz de Santa Tereza D'Ávila com adequações de acessibilidade e melhorias estruturais.</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1309/req_392_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Santa Helena (bairro Santa Tereza).</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1310/req_393_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Realização de serviços e reparos, manutenção e revitalização completa da Praça de Alimentação Alcindo Roberto (Centro).</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1311/req_394_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Reparo urgente na pavimentação da Estrada da EMADE, no trecho compreendido até a área do Radar.</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1312/req_395_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Audiência pública destinada a debater com a sociedade civil organizada, vereadores e demais representantes do poder público municipal o planejamento orçamentário referente ao exercício financeiro de 2026 (Lei Orçamentária Anual) do Município de Tefé.</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1313/req_396_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de faixa de pedestres na Rua Marechal Deodoro, próximo ao Centro de Saúde São Miguel.</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1314/req_398_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação urbana e asfáltica das Ruas Ipamini, Travessa 2 e Catalão (Bairro Santa Tereza).</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1315/req_399_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Construção de ponte de alvenaria no Beco 07 de Setembro</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1316/req_400_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de um posto permanente da Guarda Civil Municipal no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1317/req_401_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Asfaltamento da Avenida Rio Tefé (Estrada das Missões).</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1325/req_402_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Reposição das lâmpadas queimadas na Rua Amazonas, localizada no Bairro de São João.</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1326/req_403_-_cacau.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma escola e um poço artesiano  na Comunidade Tucumã, às margens do igarapé do Jenipaua.</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1327/req_404_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de terraplanagem e pavimentação na Estrada das Missões (trecho onde termina o asfalto até chegar no Igarapé do Xidarini).</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1337/req_405_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da calçada para pedestres na Estrada do Aeroporto (trecho Rua Raimundo Pires e Rua Dom Pedro I), proximidades da Parada do Agricultor.</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1328/req_406_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma nova ponte na Vila Bragança (Bairro de São José).</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1329/req_407_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e troca das lâmpadas de LED instaladas na ponte localizada atrás da Escola Municipal Profª. Dorotéia Bezerra (Bairro Santa Luzia, acesso ao Bairro de Vila Nova) e Rua Afonso Rodrigues Alves (Bairro Vila Nova).</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1330/req_408_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Construção de calçadas e pavimentação do Beco Tamuana (Bairro de Mutirão, atrás da Casa do Estudante).</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1331/req_409_-_daniel_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Realização de limpeza geral, abertura, complementação e revitalização da Rua Surimã (Bairro de Mutirão).</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1332/req_410_-_daniel_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização ou pavimentação asfáltica das Ruas Assis Pinheiro, Monte Sião, Monte Sinai, Monte Orebe e Monte Carmelo (Bairro São Raimundo).</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1333/req_411_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Realização de limpeza geral em todas as ruas, vielas, áreas verdes e áreas adjacentes no Bairro José Gadanha.</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1334/req_412_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação pública na Rua Luciane Coca Rodrigues (Bairro José Gadanha).</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1335/req_413_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Requer avaliação técnica urgente e a correção das instalações elétricas da residência nº 1034, situada à Rua Luciane Coca Rodrigues (Bairro José Gadanha).</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1336/req_414_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem, implantação de rede de esgoto e pavimentação asfáltica da Rua Luciane Coca Rodrigues (Bairro José Gadanha).</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1338/req_415_-_jackson_antero.pdf</t>
+  </si>
+  <si>
+    <t>Concessão da Medalha de Mérito Legislativo "Monsenhor Barrat" à Srª. Kássia di Paula Batalha Sales - Presidente da Fazenda da Esperança/Tefé.</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1339/req_416_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Providências e reparos à Rua Espírito Santo (Bairro São João).</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1342/req_417_-_helinho_bessa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de reparos e pavimentação à Rua Jaraguaia (Bairro São João).</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1340/req_418_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Construção de 02 (duas) pontes de concreto no Beco Brasília (Bairro Juruá).</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1341/req_419_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de novos corrimãos e conserto do portão de entrada do palco no ginásio do 1º Centro de Aplicação em Educação Walter Cabral.</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1343/req_420_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamento Starlink para acesso à internet na Feira Municipal de Tefé.</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1344/req_421_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Remoção imediata de ferros velhos e materiais descartados localizados atrás da Sorveteria do Cubano (Praça Remanso do Boto - Centro).</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1345/req_422_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Realização de reparos, manutenção e adequação da rede de esgoto e da rede de água da Rua Independência (Bairro Santa Rosa).</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CCJRF - Comissão de Constituição Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1044/parecer_001_-_ccj.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 002/2025, que dispõe sobre a política de prevenção e combate ás amputações em pacientes diabéticos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1045/parecer_002_-_ccj.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 002/2025, que dispõe sobre a divulgação da demanda atendida e lista de espera de vagas em creches do Município de Tefé e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_ccj_004_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Decreto Legislativo nº 004/2025, que reconhece de Utilidade Pública Municipal o Instituto de Autismo de Tefé - IDAT.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/891/ind_001_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Governador do Estado a transferência de 7 policiais militares (originários de Tefé) de Manaus para o 3º Batalhão de polícia Militar em Tefé.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/892/ind_002_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal o aumento de vagas e valor pago no Programa de Bolsa Universidade.</t>
+  </si>
+  <si>
+    <t>897</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>João Paulo</t>
-[...23 lines deleted...]
-    <t>1098</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/897/ind_003_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Governador do Estado do Amazonas a instalação de iluminação pública na Estrada da EMADE e Ramal do Andiroba.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/898/ind_004_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Secretário de Estado de Segurança Pública do Amazonas providências quanto ao combate da criminalidade na Comunidade de Santo Isidoro (Zona Rural de Tefé).</t>
+  </si>
+  <si>
+    <t>946</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Cláudia Marreira</t>
-[...8 lines deleted...]
-    <t>1099</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/946/ind_005_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal a realização de estudos viabilizando a oferta de cursos de capacitação profissional para cuidadores de crianças, idosos e pessoas com deficiência.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1040/ind_007_-_rianna.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de reforma e revitalização do posto policial, à Rua Porto Alegre (Bairro do Abial).</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1041/ind_008_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Que a Prefeitura de Tefé interceda junto ao Banco do Brasil, este na condição de banco financiador, para viabilizar a liberação da documentação das moradias do Conjunto Castanheiras, seja em forma de título definitivo ou outro documento similar.</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1042/ind_009_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Criação de Farmácia de Manipulação Municipal.</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1043/ind_010_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Implantação do Programa "Escola da Inteligência" nas instituições de ensino público e particular do município de Tefé.</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1079/ind_11_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de agência bancária ou a disponibilização de dois caixas eletrônicos 24h no bairro do Abial.</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1104/ind_13_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Governador do Estado do Amazonas um Posto de Policiamento no Lago de Tefé.</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1119/ind_014_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação da Secretaria Municipal  de Pesca;</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1120/ind_015_-_francisco_carioca.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação da Secretaria Municipal dos Povos Indígenas.</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1142/ind_016_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Ao Governo do Estado do Amazonas, que preste apoio técnico e custeio ao Plano de Implantação do Sistema de Esgotamento Sanitário.</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1150/ind_017_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pede à Secretaria Municipal de Esportes a realização de campeonatos de futebol masculino e feminino nas Comunidades Rurais do Rio Tefé e do Rio Curumitá.</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1161/ind_018_-_paulo_celani.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação da Secretaria Municipal da Pessoa com Deficiência (SMPCD).</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1180/ind_020_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e revitalização da quadra de basquete, localizada ao lado do Galpão (Estrada do Aeroporto).</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1181/ind_021_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Pede a disponibilização de um coveiro e um vigia  para prestação de serviços no Cemitério Municipal "Catedral da Saudade".</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1182/ind_022_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e estruturação completa do cemitério localizado na Estrada da Agrovila, bem como contratação de coveiro e vigia para prestação de serviços.</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1213/ind_023_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Poder Executivo, sugerindo a construção de um ginásio esportivo na Comunidade Agrovila da EMADE - Estrada da EMADE.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1207/ind_24_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Solicita Castra-Móvel da Secretaria de Estado de Proteção Animal - SEPET para a realização de atendimento e uma ação de castração animal em Tefé.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1227/ind_026_-_claudia_marreira.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo a criação da Procuradoria da Mulher no âmbito da Administração Pública Municipal.</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1239/ind_028_-_luri.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Obras a construção de um novo cemitério municipal.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1240/ind_029_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Criação da Praça da Bíblia, com monumento da Bíblia Sagrada.</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1265/ind_33_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao DENIT - Departamento Nacional de Infraestrutura de Transportes, com cópia à ANTAQ - Agência Nacional de Transportes Aquaviários para resolução do problema do Porto de Tefé.</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1266/ind_34_-_missionario_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Deputado Federal Sidney Leite interceda pelo porto de Tefé junto ao DENIT e ANTAQ, para resolução do problema de embarque e desembarque de passageiros e cargas.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_35_-_joao_batista.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo a elaboração dentro dos parâmetros legais a Carteira Funcional dos membros efetivos da Guarda Civil Municipal de Tefé.</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1287/ind_36_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Ampliação da sala do Centro de Controle de Zoonoses e compra de novos equipamentos essenciais para os profissionais médicos-veterinários que atuam na unidade.</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1288/ind_37_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal junto à Secretaria Municipal de Saúde que realize estudos e providências cabíveis para a implementação de uma unidade do Programa Farmácia Popular no Bairro Colônia Ventura.</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1296/ind_038_-_marcelo_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Requer realização de estudos que viabilizem a construção de um Centro Cultural e Comunitário na Barreira da Missão.</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1297/ind_039_-_manuel_situba.pdf</t>
+  </si>
+  <si>
+    <t>Requer criação de medidas necessárias para elaboração e criação de carteira de identidade funcional profissional para todos os servidores municipais efetivos do Instituto Municipal de Trânsito (IMTRANS).</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>PCJRF</t>
+  </si>
+  <si>
+    <t>Parecer Comissão de Constituição Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_ccj_003_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 014/2024, que dispõe sobre a distribuição gratuita de sacolas biodegradáveis e/ou recicláveis a consumidores para embalagem e transporte de produtos adquiridos em estabelecimentos comerciais no município de Tefé e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_ccj_004_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Resolução nº 003/2024, que regulamenta a Lei Geral de Proteção de Dados Pessoais - LGPD, Lei Federal nº 13.709, de 14 de agosto de 2018 no âmbito da Câmara Municipal de Tefé e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1151</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1099/p_dec_leg_06_-_joao_paulo.pdf</t>
-[...530 lines deleted...]
-    <t>921</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1151/parecer_ccj_006_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 004/2025, que dispõe sobre a obrigatoriedade de inclusão de informações em braile e caracteres ampliados em cardápios, listas de preços e documentos de consulta pública nos estabelecimentos do município de Tefé.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1163/parecer_ccj_07.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 005/2025, que dispõe sobre a obrigatoriedade de iserção de informações sobre o Transtorno de Déficit de Atenção e Hiperatividade (TDH) em materiais informativos de instruções de ensino e estabelecimentos de saúde no município de Tefé, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1164/parecer_ccj_08.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 006/2025, que dispõe sobre a integração de podólogos nas equipes multidisciplinares de atenção básica de saúde do Município de Tefé, com ênfase no tratamento de pessoas com diabetes, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1276</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/921/req_027_-_joao_batista.pdf</t>
-[...4136 lines deleted...]
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_ccj_027.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_ccj_027.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 022/2025 que dispõe sobre a reestruturação do Conselho Municipal de Educação - CME/TEFE, e dá outras providências.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1277/parecer_ccj_028.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1277/parecer_ccj_028.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 023/2025 que altera a Lei Municipal nº 084/2014, de 10 de dezembro de 2014 - Lei Municipal nº 122/2017, de 30 de outubro de 2017 e a Lei Municipal nº 115/2016, de 28 de dezembro de 2016, que trata do Conselho Municipal dos Direitos da Mulher.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1278/parecer_ccj_029.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1278/parecer_ccj_029.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 024/2025, que dispõe sobre a criação do Fundo Municipal de Educação - FME de Tefé e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1323/parecer_037_ccj.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto Municipal nº 026/2025, que dispõe sobre o Plano Plurianual - PPA para o quadrimestre 2026-2029, e dá outras prividências.</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1324/parecer_038_ccj.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Municipal nº 014/2025, que dispõe sobre as diretrizes para elaboração da lei orçamentária para o exercício financeiro de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>PCOFP</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamento, Finanças, Planej</t>
+  </si>
+  <si>
+    <t>COFPECT - Comissão de Orçamento, Finanças, Planejamento, Economia, Ciência e Tecnologia</t>
+  </si>
+  <si>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1322/parecer_001_orcamento_e_financas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei Municipal nº 026/2025, que dispõe sobre o Plano Plurianual - PPA para o quadriênio 2025-2029, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5154,67 +4428,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1046/proj_de_dec_leg_002_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1087/proj_de_dec_leg_003_-_joao_paulo_luri_cacau_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1088/proj_de_dec_leg_005_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1098/p_dec_leg_05_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1099/p_dec_leg_06_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1100/p_dec_leg_07_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1101/p_dec_leg_08_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1169/p_de_dec_leg_009_-_luri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1279/proj_dec_leg_012_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/959/proj_de_lei_03_-_luri.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/989/proj_de_lei_04_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1010/proj_de_lei_05_-_luri.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1047/proj_de_lei_006_-_luri.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1048/proj_de_lei_007_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1089/proj_de_lei_009_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1162/p_de_lei_10_-_lazinho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1170/p_de_lei_municipal_011_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1219/proj_de_lei_19_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1241/proj_de_lei_021_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1049/proj_de_res_002_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1090/proj_de_resolucao_003_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/947/mocao_de_cong_08_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1102/mocao_de_congratulacao_19_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1103/mocao_de_congratulacao_20_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/988/mocao_de_pesar_002_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/893/req_001_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/894/req_002_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/895/req_003_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/896/req_004_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/899/req_006_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/900/req_007_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/901/req_008_-_jackon_antero.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/902/req_009_-_jackon_antero.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/903/req_010_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/904/req_011_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/905/req_012_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/906/req_013_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/919/req_014_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/920/req_015_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/907/req_016_-_luri.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/908/req_017_-_luri.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/909/req_018_-_luri.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/910/req_019_-_luri.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/911/req_020_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/912/req_021_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/913/req_022_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/914/req_023_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/915/req_024_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/916/req_025_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/917/req_026_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/921/req_027_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/922/req_028_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/923/req_029_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/924/req_030_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/918/req_031_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/925/req_032_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/926/req_033_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/927/req_034_-_lurinei.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/928/req_035_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/929/req_036_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/930/req_037_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/931/req_038_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/932/req_039_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/933/req_040_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/934/req_041_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/935/req_042_-_luri.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/936/req_043_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/937/req_044_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/938/req_045_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/939/req_046_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/940/req_047_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/957/req_048_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/958/req_049_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/941/req_050_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/942/req_051_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/943/req_052_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/944/req_053_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/945/req_054_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/948/req_055_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/949/req_056_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/950/req_057_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/951/req_058_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/952/req_059-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/953/req_060_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/954/req_061_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/955/req_062_-_luri.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/956/req_063_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/960/req_064_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/961/req_065_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/962/req_066_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/963/req_067_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/964/req_068_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/965/req_069_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/966/req_071_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/967/req_072_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/968/req_073_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/969/req_074_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/970/req_075_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/971/req_076_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/972/req_077_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/973/req_078_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/974/req_079_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/975/req_080_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/976/req_081_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/977/req_082_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/978/req_083_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/979/req_084_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/980/req_085_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/981/req_086_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/982/req_087_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/983/req_088_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/984/req_090_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/985/req_091_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/986/req_092_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/987/req_093_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/990/req_94_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/991/req_95_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/992/req_96_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/993/req_97_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/994/req_98_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/995/req_99_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/996/req_100_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/997/req_101_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/998/req_102_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/999/req_103_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1000/req_104_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1001/req_105_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1002/req_106_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1003/req_107_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1004/req_108_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1005/req_109_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1006/req_110_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1007/req_111_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1008/req_112_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1009/req_113_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1028/req_114_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1015/req_115_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1029/req_116_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1011/req_117_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1012/req_118_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1013/req_119_-_tapioca.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1014/req_120_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1016/req_121_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1017/req_122_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1018/req_123_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1019/req_124_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1020/req_125_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1021/req_126_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1078/req_127_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1022/req_128_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1023/req_129_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1024/req_130_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1025/req_131_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1026/req_132_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1027/req_133_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1030/req_134_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1031/req_135_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1032/req_136_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1033/req_137_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1034/req_138_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1035/req_139_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1036/req_140_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1037/req_141_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1038/req_142_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1039/req_143_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1050/req_144_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1051/req_145_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1052/req_146_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1053/req_147_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1054/req_148_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1055/req_149_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1056/req_150_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1057/req_151_-_luri.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1058/req_152_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1059/req_153_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1060/req_154_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1061/req_155_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1062/req_156_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1063/req_157_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1064/req_158_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1065/req_159_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1066/req_160_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1067/req_161_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1068/req_162_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1069/req_163_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1070/req_164_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1071/req_165_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1072/req_166_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1073/req_167_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1074/req_168_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1075/req_169_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1076/req_170_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1077/req_171_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1080/req_172_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1081/req_173_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1082/req_174_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1083/req_175_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1084/req_176_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1085/req_177_-_lazinho_nogueira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1086/req_179_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1091/req_180_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1092/req_181_-_lazinho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1093/req_182_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1094/req_183_-_luri.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1095/req_184_-_luri.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1096/req_185_-_luri.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1097/req_186_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1105/req_187_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1106/req_188_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1107/req_189_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1108/req_190_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1109/req_191_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1110/req_192_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1111/req_193_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1112/req_194_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1113/req_195_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1114/req_196_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1115/req_197_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1116/req_198_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1117/req_199_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1118/req_200_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1123/req_201_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1124/req_202_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1125/req_203_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1126/req_204_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1127/req_205_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1128/req_207_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1129/req_208_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1130/req_210_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1131/req_211_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1132/req_212_-_luri.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1133/req_213_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1134/req_214_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1135/req_215_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1136/req_216_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1137/req_217_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1138/req_218_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1139/req_219_-_luri.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1140/req_220_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1141/req_221_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1144/req_222_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1145/req_223_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1146/req_224_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1147/req_225_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1148/req_226_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1149/req_227_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1152/req_229_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1153/req_230_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1154/req_231_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1155/req_232_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1156/req_234_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1157/req_235_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1158/req_236_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1159/req_237_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1160/req_238_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1165/req_239_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1166/req_240_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1167/req_241_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1168/req_242_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1171/req_243_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1172/req_244_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1173/req_245_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1174/req_246_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1175/req_247_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1176/req_248_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1177/req_249_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1178/req_250_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1179/req_251_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1183/req_252_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1184/req_253_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1195/req_254_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1196/req_255_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1197/req_256_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1185/req_257_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1186/req_258_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1187/req_259_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1188/req_260_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1212/req_261_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1189/req_262_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1190/req_263_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1191/req_264_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1192/req_265_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1193/req_266_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1194/req_267_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1198/req_268_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1199/req_269_-_lazinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1200/req_270_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1201/req_271_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1208/req_272_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1209/req_273_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1214/req_274_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1202/req_275_-_jp.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1203/req_277_-_luri.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1204/req_278_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1205/req_279_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1220/req_280_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1221/req_281_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1222/req_282_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1206/req_283_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1210/req_284_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1211/req_285_-_luri.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1215/req_286_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1216/req_288_-_luri.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1217/req_289_-_luri.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1218/req_290_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1223/req_291_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1224/req_292_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1225/req_293_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1226/req_294_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1228/req_295_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1229/req_296_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1230/req_297_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1231/req_298_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1232/req_299_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1233/req_300_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1242/req_301_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1243/req_302_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1234/req_303_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1235/req_304_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1236/req_305_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1237/req_306_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1238/req_307_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1244/req_308_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1245/req_309_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1246/req_310_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1247/req_311_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1248/req_312_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1249/req_314_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1250/req_315_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1251/req_316_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1252/req_317_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1253/req_318_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1254/req_319_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1255/req_320_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1256/req_321_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1257/req_322_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1271/req_348_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1272/req_349_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1273/req_350_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1274/req_351_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1275/req_352_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1259/req_353_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1260/req_354_-_lazinho_nogueira.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1261/req_355_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1262/req_356_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1263/req_357_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1264/req_358_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1284/req_359_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1267/req_360_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1268/req_361_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1269/req_362_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1270/req_363_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1285/req_364_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1280/req_366_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1281/req_366_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1282/req_367_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1283/req_368_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1286/req_370_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1289/req_371_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1290/req_372_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1291/req_373_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1292/req_374_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1293/req_375_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1294/req_377_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1295/req_378_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1044/parecer_001_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1045/parecer_002_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_ccj_004_2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/891/ind_001_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/892/ind_002_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/897/ind_003_-_luri.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/898/ind_004_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/946/ind_005_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1040/ind_007_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1041/ind_008_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1042/ind_009_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1043/ind_010_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1079/ind_11_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1104/ind_13_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1119/ind_014_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1120/ind_015_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1142/ind_016_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1150/ind_017_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1161/ind_018_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1180/ind_020_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1181/ind_021_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1182/ind_022_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1213/ind_023_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1207/ind_24_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1227/ind_026_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1239/ind_028_-_luri.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1240/ind_029_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1265/ind_33_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1266/ind_34_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_35_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1287/ind_36_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1288/ind_37_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_ccj_003_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_ccj_004_2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1151/parecer_ccj_006_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1163/parecer_ccj_07.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1164/parecer_ccj_08.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_ccj_027.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1277/parecer_ccj_028.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1278/parecer_ccj_029.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/947/mocao_de_cong_08_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1102/mocao_de_congratulacao_19_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1103/mocao_de_congratulacao_20_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/988/mocao_de_pesar_002_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/997/req_101_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/998/req_102_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/999/req_103_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1000/req_104_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1001/req_105_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1002/req_106_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1003/req_107_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1004/req_108_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1005/req_109_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1006/req_110_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1007/req_111_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1008/req_112_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1009/req_113_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1028/req_114_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1015/req_115_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1029/req_116_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1011/req_117_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1012/req_118_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1013/req_119_-_tapioca.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1014/req_120_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1016/req_121_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1017/req_122_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1018/req_123_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1019/req_124_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1020/req_125_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1021/req_126_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1078/req_127_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1022/req_128_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1023/req_129_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1024/req_130_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1025/req_131_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1026/req_132_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1027/req_133_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1030/req_134_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1031/req_135_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1032/req_136_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1033/req_137_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1034/req_138_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1035/req_139_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1036/req_140_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1037/req_141_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1038/req_142_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1039/req_143_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1050/req_144_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1051/req_145_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1052/req_146_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1053/req_147_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1054/req_148_-_franciso_carioca.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1055/req_149_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1056/req_150_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1057/req_151_-_luri.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1058/req_152_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1059/req_153_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1060/req_154_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1061/req_155_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1062/req_156_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1063/req_157_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1064/req_158_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1065/req_159_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1066/req_160_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1067/req_161_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1068/req_162_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1069/req_163_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1070/req_164_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1071/req_165_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1072/req_166_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1073/req_167_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1074/req_168_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1075/req_169_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1076/req_170_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1077/req_171_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1080/req_172_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1081/req_173_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1082/req_174_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1083/req_175_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1084/req_176_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1085/req_177_-_lazinho_nogueira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1086/req_179_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1091/req_180_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1092/req_181_-_lazinho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1093/req_182_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1094/req_183_-_luri.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1095/req_184_-_luri.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1096/req_185_-_luri.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1097/req_186_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1105/req_187_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1106/req_188_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1107/req_189_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1108/req_190_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1109/req_191_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1110/req_192_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1111/req_193_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1112/req_194_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1113/req_195_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1114/req_196_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1115/req_197_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1116/req_198_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1117/req_199_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1118/req_200_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1123/req_201_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1124/req_202_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1125/req_203_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1126/req_204_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1127/req_205_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1128/req_207_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1129/req_208_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1130/req_210_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1131/req_211_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1132/req_212_-_luri.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1133/req_213_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1134/req_214_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1135/req_215_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1136/req_216_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1137/req_217_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1138/req_218_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1139/req_219_-_luri.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1140/req_220_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1141/req_221_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1144/req_222_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1145/req_223_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1146/req_224_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1147/req_225_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1148/req_226_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1149/req_227_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1152/req_229_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1153/req_230_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1154/req_231_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1155/req_232_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1156/req_234_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1157/req_235_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1158/req_236_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1159/req_237_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1160/req_238_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1165/req_239_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1166/req_240_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1167/req_241_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1168/req_242_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1171/req_243_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1172/req_244_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1173/req_245_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1174/req_246_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1175/req_247_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1176/req_248_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1177/req_249_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1178/req_250_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1179/req_251_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1183/req_252_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1184/req_253_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1195/req_254_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1196/req_255_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1197/req_256_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1185/req_257_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1186/req_258_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1187/req_259_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1188/req_260_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1212/req_261_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1189/req_262_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1190/req_263_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1191/req_264_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1192/req_265_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1193/req_266_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1194/req_267_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1198/req_268_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1199/req_269_-_lazinho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1200/req_270_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1201/req_271_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1208/req_272_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1209/req_273_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1214/req_274_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1202/req_275_-_jp.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1203/req_277_-_luri.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1204/req_278_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1205/req_279_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1220/req_280_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1221/req_281_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1222/req_282_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1206/req_283_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1210/req_284_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1211/req_285_-_luri.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1215/req_286_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1216/req_288_-_luri.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1217/req_289_-_luri.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1218/req_290_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1223/req_291_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1224/req_292_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1225/req_293_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1226/req_294_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1228/req_295_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1229/req_296_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1230/req_297_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1231/req_298_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1232/req_299_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1233/req_300_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1242/req_301_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1243/req_302_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1234/req_303_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1235/req_304_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1236/req_305_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1237/req_306_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1238/req_307_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1244/req_308_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1245/req_309_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1246/req_310_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1247/req_311_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1248/req_312_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1249/req_314_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1250/req_315_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1251/req_316_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1252/req_317_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1253/req_318_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1254/req_319_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1255/req_320_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1256/req_321_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1257/req_322_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1271/req_348_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1272/req_349_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1273/req_350_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1274/req_351_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1275/req_352_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1259/req_353_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1260/req_354_-_lazinho_nogueira.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1261/req_355_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1262/req_356_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1263/req_357_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1264/req_358_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1284/req_359_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1267/req_360_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1268/req_361_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1269/req_362_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1270/req_363_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1285/req_364_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1280/req_366_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1281/req_366_-_rianna_pires.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1282/req_367_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1283/req_368_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1286/req_370_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1289/req_371_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1290/req_372_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1291/req_373_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1292/req_374_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1293/req_375_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1294/req_377_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1295/req_378_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1298/req_379_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1299/req_380_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1300/req_381_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1301/req_382_-_luri.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1302/req_383_-_luri.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1303/req_385_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1304/req_386_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1305/req_387_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1306/req_389_-_luri.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1307/req_390_-_luri.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1308/req_391_-_luri.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1309/req_392_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1310/req_393_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1311/req_394_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1312/req_395_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1313/req_396_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1314/req_398_-_luri.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1315/req_399_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1316/req_400_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1317/req_401_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1325/req_402_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1326/req_403_-_cacau.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1327/req_404_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1337/req_405_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1328/req_406_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1329/req_407_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1330/req_408_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1331/req_409_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1332/req_410_-_daniel_barbosa.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1333/req_411_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1334/req_412_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1335/req_413_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1336/req_414_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1338/req_415_-_jackson_antero.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1339/req_416_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1342/req_417_-_helinho_bessa.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1340/req_418_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1341/req_419_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1343/req_420_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1344/req_421_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1345/req_422_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1044/parecer_001_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1045/parecer_002_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_ccj_004_2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/891/ind_001_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/892/ind_002_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/897/ind_003_-_luri.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/898/ind_004_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/946/ind_005_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1040/ind_007_-_rianna.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1041/ind_008_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1042/ind_009_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1043/ind_010_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1079/ind_11_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1104/ind_13_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1119/ind_014_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1120/ind_015_-_francisco_carioca.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1142/ind_016_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1150/ind_017_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1161/ind_018_-_paulo_celani.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1180/ind_020_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1181/ind_021_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1182/ind_022_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1213/ind_023_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1207/ind_24_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1227/ind_026_-_claudia_marreira.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1239/ind_028_-_luri.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1240/ind_029_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1265/ind_33_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1266/ind_34_-_missionario_daniel.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_35_-_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1287/ind_36_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1288/ind_37_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1296/ind_038_-_marcelo_macedo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1297/ind_039_-_manuel_situba.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_ccj_003_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_ccj_004_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1151/parecer_ccj_006_2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1163/parecer_ccj_07.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1164/parecer_ccj_08.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_ccj_027.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1277/parecer_ccj_028.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1278/parecer_ccj_029.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1323/parecer_037_ccj.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1324/parecer_038_ccj.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2025/1322/parecer_001_orcamento_e_financas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H406"/>
+  <dimension ref="A1:H334"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="48" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="83.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5269,10509 +4543,8634 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F15" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F17" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="H18" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="F20" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="H20" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" t="s">
+        <v>35</v>
+      </c>
+      <c r="F21" t="s">
         <v>93</v>
       </c>
-      <c r="B21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H21" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="D22" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="E22" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="F22" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="H22" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="D23" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E23" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H23" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="D24" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E24" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D25" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="H25" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D26" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="E26" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H26" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D27" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E27" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F27" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H27" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E28" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H28" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E29" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F29" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E30" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F30" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>32</v>
+        <v>142</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E31" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F31" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="H31" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
       <c r="D32" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E32" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F32" t="s">
-        <v>108</v>
+        <v>147</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>41</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E33" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F33" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>45</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E34" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F34" t="s">
-        <v>142</v>
+        <v>79</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="H34" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>75</v>
+        <v>159</v>
       </c>
       <c r="D35" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E35" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F35" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="H35" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>163</v>
       </c>
       <c r="D36" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E36" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F36" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>50</v>
+        <v>167</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E37" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F37" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="H37" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E38" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F38" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="H38" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="D39" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E39" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="H39" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="D40" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E40" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F40" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="D41" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E41" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F41" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E42" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F42" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="H42" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E43" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H43" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E44" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="H44" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>112</v>
+        <v>199</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E45" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F45" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="H45" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>89</v>
+        <v>203</v>
       </c>
       <c r="D46" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E46" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F46" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="H46" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="D47" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E47" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>192</v>
+        <v>209</v>
       </c>
       <c r="H47" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>211</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>195</v>
+        <v>212</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E48" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F48" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="H48" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E49" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F49" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="H49" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
       <c r="D50" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E50" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F50" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>204</v>
+        <v>221</v>
       </c>
       <c r="H50" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="D51" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E51" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F51" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="H51" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>210</v>
+        <v>227</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>211</v>
+        <v>228</v>
       </c>
       <c r="D52" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E52" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F52" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="H52" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="D53" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E53" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F53" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="H53" t="s">
-        <v>217</v>
+        <v>234</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="D54" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E54" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F54" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>238</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="D55" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E55" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F55" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
       <c r="H55" t="s">
-        <v>225</v>
+        <v>242</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="D56" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E56" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F56" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="H56" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>248</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="D57" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E57" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="H57" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="D58" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E58" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F58" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="H58" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>239</v>
+        <v>257</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="D59" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E59" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F59" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="H59" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="D60" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E60" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="H60" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="D61" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E61" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F61" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="H61" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="D62" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E62" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F62" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c r="H62" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="D63" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E63" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F63" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="H63" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="D64" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E64" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="H64" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="D65" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E65" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F65" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="H65" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E66" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F66" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="H66" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="D67" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E67" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F67" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="H67" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="D68" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E68" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F68" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="H68" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E69" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F69" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="H69" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>283</v>
+        <v>301</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>284</v>
+        <v>302</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E70" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F70" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>285</v>
+        <v>303</v>
       </c>
       <c r="H70" t="s">
-        <v>286</v>
+        <v>304</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="D71" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E71" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F71" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="H71" t="s">
-        <v>290</v>
+        <v>308</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="D72" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E72" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F72" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="H72" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="D73" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E73" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F73" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="H73" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="D74" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E74" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F74" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="H74" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="D75" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E75" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F75" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="H75" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>307</v>
+        <v>325</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>308</v>
+        <v>326</v>
       </c>
       <c r="D76" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E76" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F76" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="H76" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="D77" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E77" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F77" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="H77" t="s">
-        <v>314</v>
+        <v>332</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>316</v>
+        <v>334</v>
       </c>
       <c r="D78" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E78" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F78" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>317</v>
+        <v>335</v>
       </c>
       <c r="H78" t="s">
-        <v>318</v>
+        <v>336</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="D79" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E79" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F79" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
       <c r="H79" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>323</v>
+        <v>341</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="D80" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E80" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F80" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="H80" t="s">
-        <v>326</v>
+        <v>344</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>327</v>
+        <v>345</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>328</v>
+        <v>346</v>
       </c>
       <c r="D81" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E81" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F81" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>329</v>
+        <v>347</v>
       </c>
       <c r="H81" t="s">
-        <v>330</v>
+        <v>348</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>331</v>
+        <v>349</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>332</v>
+        <v>350</v>
       </c>
       <c r="D82" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E82" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F82" t="s">
-        <v>108</v>
+        <v>351</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="H82" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>336</v>
+        <v>355</v>
       </c>
       <c r="D83" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E83" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F83" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="H83" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
       <c r="D84" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E84" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="H84" t="s">
-        <v>342</v>
+        <v>361</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="D85" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E85" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F85" t="s">
-        <v>51</v>
+        <v>351</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="H85" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="D86" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E86" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F86" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="H86" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="D87" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E87" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F87" t="s">
-        <v>46</v>
+        <v>245</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
       <c r="H87" t="s">
-        <v>354</v>
+        <v>373</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="D88" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E88" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F88" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>357</v>
+        <v>376</v>
       </c>
       <c r="H88" t="s">
-        <v>358</v>
+        <v>377</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>359</v>
+        <v>378</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="D89" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E89" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F89" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>361</v>
+        <v>380</v>
       </c>
       <c r="H89" t="s">
-        <v>362</v>
+        <v>381</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>363</v>
+        <v>382</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>364</v>
+        <v>383</v>
       </c>
       <c r="D90" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E90" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F90" t="s">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>365</v>
+        <v>384</v>
       </c>
       <c r="H90" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>367</v>
+        <v>386</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>368</v>
+        <v>387</v>
       </c>
       <c r="D91" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E91" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F91" t="s">
-        <v>228</v>
+        <v>54</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>369</v>
+        <v>388</v>
       </c>
       <c r="H91" t="s">
-        <v>370</v>
+        <v>389</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>371</v>
+        <v>390</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>372</v>
+        <v>391</v>
       </c>
       <c r="D92" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E92" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F92" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>373</v>
+        <v>392</v>
       </c>
       <c r="H92" t="s">
-        <v>374</v>
+        <v>393</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="D93" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E93" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F93" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="H93" t="s">
-        <v>378</v>
+        <v>397</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="D94" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E94" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F94" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>381</v>
+        <v>400</v>
       </c>
       <c r="H94" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>384</v>
+        <v>403</v>
       </c>
       <c r="D95" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E95" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F95" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>385</v>
+        <v>404</v>
       </c>
       <c r="H95" t="s">
-        <v>386</v>
+        <v>405</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>387</v>
+        <v>406</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="D96" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E96" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F96" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="H96" t="s">
-        <v>390</v>
+        <v>409</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>391</v>
+        <v>410</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>392</v>
+        <v>411</v>
       </c>
       <c r="D97" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E97" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F97" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>393</v>
+        <v>412</v>
       </c>
       <c r="H97" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="D98" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E98" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F98" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>397</v>
+        <v>416</v>
       </c>
       <c r="H98" t="s">
-        <v>398</v>
+        <v>417</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>399</v>
+        <v>418</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>400</v>
+        <v>419</v>
       </c>
       <c r="D99" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E99" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F99" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>401</v>
+        <v>420</v>
       </c>
       <c r="H99" t="s">
-        <v>402</v>
+        <v>421</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="D100" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E100" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F100" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>405</v>
+        <v>424</v>
       </c>
       <c r="H100" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
       <c r="D101" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E101" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>409</v>
+        <v>428</v>
       </c>
       <c r="H101" t="s">
-        <v>410</v>
+        <v>429</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>412</v>
+        <v>431</v>
       </c>
       <c r="D102" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E102" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F102" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>413</v>
+        <v>432</v>
       </c>
       <c r="H102" t="s">
-        <v>414</v>
+        <v>433</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="D103" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E103" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F103" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="H103" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="D104" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E104" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F104" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="H104" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>424</v>
+        <v>443</v>
       </c>
       <c r="D105" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E105" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F105" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>425</v>
+        <v>444</v>
       </c>
       <c r="H105" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>428</v>
+        <v>447</v>
       </c>
       <c r="D106" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E106" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F106" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>429</v>
+        <v>448</v>
       </c>
       <c r="H106" t="s">
-        <v>430</v>
+        <v>449</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>431</v>
+        <v>450</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>432</v>
+        <v>451</v>
       </c>
       <c r="D107" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E107" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F107" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="H107" t="s">
-        <v>434</v>
+        <v>453</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>436</v>
+        <v>455</v>
       </c>
       <c r="D108" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E108" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F108" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>437</v>
+        <v>456</v>
       </c>
       <c r="H108" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>439</v>
+        <v>458</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>440</v>
+        <v>459</v>
       </c>
       <c r="D109" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E109" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F109" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>441</v>
+        <v>460</v>
       </c>
       <c r="H109" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>443</v>
+        <v>462</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>444</v>
+        <v>463</v>
       </c>
       <c r="D110" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E110" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F110" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>445</v>
+        <v>464</v>
       </c>
       <c r="H110" t="s">
-        <v>446</v>
+        <v>465</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="D111" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E111" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F111" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>449</v>
+        <v>468</v>
       </c>
       <c r="H111" t="s">
-        <v>450</v>
+        <v>469</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>451</v>
+        <v>470</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>452</v>
+        <v>471</v>
       </c>
       <c r="D112" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E112" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F112" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>453</v>
+        <v>472</v>
       </c>
       <c r="H112" t="s">
-        <v>454</v>
+        <v>473</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>455</v>
+        <v>474</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>456</v>
+        <v>475</v>
       </c>
       <c r="D113" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E113" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F113" t="s">
-        <v>108</v>
+        <v>147</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>457</v>
+        <v>476</v>
       </c>
       <c r="H113" t="s">
-        <v>458</v>
+        <v>477</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="D114" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E114" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F114" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="H114" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>463</v>
+        <v>482</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>464</v>
+        <v>483</v>
       </c>
       <c r="D115" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E115" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F115" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="H115" t="s">
-        <v>466</v>
+        <v>485</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="D116" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E116" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F116" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>469</v>
+        <v>488</v>
       </c>
       <c r="H116" t="s">
-        <v>470</v>
+        <v>489</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>471</v>
+        <v>490</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>472</v>
+        <v>491</v>
       </c>
       <c r="D117" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E117" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F117" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="H117" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="D118" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E118" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>477</v>
+        <v>496</v>
       </c>
       <c r="H118" t="s">
-        <v>478</v>
+        <v>497</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>479</v>
+        <v>498</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>480</v>
+        <v>499</v>
       </c>
       <c r="D119" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E119" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F119" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>481</v>
+        <v>500</v>
       </c>
       <c r="H119" t="s">
-        <v>482</v>
+        <v>501</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>483</v>
+        <v>502</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>484</v>
+        <v>503</v>
       </c>
       <c r="D120" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E120" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F120" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>485</v>
+        <v>504</v>
       </c>
       <c r="H120" t="s">
-        <v>486</v>
+        <v>505</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="D121" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E121" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F121" t="s">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="H121" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="D122" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E122" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F122" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="H122" t="s">
-        <v>494</v>
+        <v>513</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>495</v>
+        <v>514</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="D123" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E123" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F123" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="H123" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="D124" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E124" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F124" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>501</v>
+        <v>520</v>
       </c>
       <c r="H124" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
       <c r="D125" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E125" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F125" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
       <c r="H125" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>508</v>
+        <v>527</v>
       </c>
       <c r="D126" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E126" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F126" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
       <c r="H126" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="D127" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E127" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F127" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="H127" t="s">
-        <v>514</v>
+        <v>533</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>516</v>
+        <v>535</v>
       </c>
       <c r="D128" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E128" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F128" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="H128" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>519</v>
+        <v>538</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="D129" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E129" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F129" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="H129" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>524</v>
+        <v>543</v>
       </c>
       <c r="D130" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E130" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F130" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>525</v>
+        <v>544</v>
       </c>
       <c r="H130" t="s">
-        <v>526</v>
+        <v>545</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>527</v>
+        <v>546</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>528</v>
+        <v>547</v>
       </c>
       <c r="D131" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E131" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F131" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>529</v>
+        <v>548</v>
       </c>
       <c r="H131" t="s">
-        <v>530</v>
+        <v>549</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>531</v>
+        <v>550</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>532</v>
+        <v>551</v>
       </c>
       <c r="D132" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E132" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F132" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>533</v>
+        <v>552</v>
       </c>
       <c r="H132" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>535</v>
+        <v>554</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
       <c r="D133" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E133" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F133" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="H133" t="s">
-        <v>538</v>
+        <v>557</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>539</v>
+        <v>558</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>540</v>
+        <v>559</v>
       </c>
       <c r="D134" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E134" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F134" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>541</v>
+        <v>560</v>
       </c>
       <c r="H134" t="s">
-        <v>542</v>
+        <v>561</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>544</v>
+        <v>563</v>
       </c>
       <c r="D135" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E135" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F135" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
       <c r="H135" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="D136" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E136" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F136" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="H136" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="D137" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E137" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F137" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="H137" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="D138" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E138" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F138" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="H138" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>559</v>
+        <v>578</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="D139" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E139" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F139" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="H139" t="s">
-        <v>562</v>
+        <v>581</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>564</v>
+        <v>583</v>
       </c>
       <c r="D140" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E140" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F140" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
       <c r="H140" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>568</v>
+        <v>587</v>
       </c>
       <c r="D141" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E141" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F141" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>569</v>
+        <v>588</v>
       </c>
       <c r="H141" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="D142" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E142" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F142" t="s">
-        <v>573</v>
+        <v>36</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>574</v>
+        <v>592</v>
       </c>
       <c r="H142" t="s">
-        <v>575</v>
+        <v>593</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>576</v>
+        <v>594</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>577</v>
+        <v>595</v>
       </c>
       <c r="D143" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E143" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F143" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>578</v>
+        <v>596</v>
       </c>
       <c r="H143" t="s">
-        <v>579</v>
+        <v>597</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>580</v>
+        <v>598</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>581</v>
+        <v>599</v>
       </c>
       <c r="D144" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E144" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F144" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>582</v>
+        <v>600</v>
       </c>
       <c r="H144" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="D145" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E145" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F145" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>586</v>
+        <v>604</v>
       </c>
       <c r="H145" t="s">
-        <v>587</v>
+        <v>605</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>589</v>
+        <v>607</v>
       </c>
       <c r="D146" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E146" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F146" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>590</v>
+        <v>608</v>
       </c>
       <c r="H146" t="s">
-        <v>591</v>
+        <v>609</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>592</v>
+        <v>610</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>593</v>
+        <v>611</v>
       </c>
       <c r="D147" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E147" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F147" t="s">
-        <v>142</v>
+        <v>36</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>594</v>
+        <v>612</v>
       </c>
       <c r="H147" t="s">
-        <v>595</v>
+        <v>613</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>596</v>
+        <v>614</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>597</v>
+        <v>615</v>
       </c>
       <c r="D148" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E148" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F148" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>598</v>
+        <v>616</v>
       </c>
       <c r="H148" t="s">
-        <v>599</v>
+        <v>617</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>600</v>
+        <v>618</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>601</v>
+        <v>619</v>
       </c>
       <c r="D149" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E149" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F149" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>602</v>
+        <v>620</v>
       </c>
       <c r="H149" t="s">
-        <v>603</v>
+        <v>621</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>604</v>
+        <v>622</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="D150" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E150" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F150" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="H150" t="s">
-        <v>607</v>
+        <v>625</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>608</v>
+        <v>626</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>609</v>
+        <v>627</v>
       </c>
       <c r="D151" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E151" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F151" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>610</v>
+        <v>628</v>
       </c>
       <c r="H151" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="D152" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E152" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F152" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="H152" t="s">
-        <v>615</v>
+        <v>633</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>616</v>
+        <v>634</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="D153" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E153" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F153" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>618</v>
+        <v>636</v>
       </c>
       <c r="H153" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>620</v>
+        <v>638</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>621</v>
+        <v>639</v>
       </c>
       <c r="D154" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E154" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F154" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
       <c r="H154" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>624</v>
+        <v>642</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>625</v>
+        <v>643</v>
       </c>
       <c r="D155" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E155" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F155" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>626</v>
+        <v>644</v>
       </c>
       <c r="H155" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>628</v>
+        <v>646</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>629</v>
+        <v>647</v>
       </c>
       <c r="D156" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E156" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F156" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="H156" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="D157" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E157" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F157" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
       <c r="H157" t="s">
-        <v>635</v>
+        <v>653</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>636</v>
+        <v>654</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>637</v>
+        <v>655</v>
       </c>
       <c r="D158" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E158" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F158" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>638</v>
+        <v>656</v>
       </c>
       <c r="H158" t="s">
-        <v>639</v>
+        <v>657</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>640</v>
+        <v>658</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>641</v>
+        <v>659</v>
       </c>
       <c r="D159" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E159" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F159" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>642</v>
+        <v>660</v>
       </c>
       <c r="H159" t="s">
-        <v>643</v>
+        <v>661</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>644</v>
+        <v>662</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>645</v>
+        <v>663</v>
       </c>
       <c r="D160" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E160" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F160" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="H160" t="s">
-        <v>647</v>
+        <v>665</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>648</v>
+        <v>666</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>649</v>
+        <v>667</v>
       </c>
       <c r="D161" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E161" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F161" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>650</v>
+        <v>668</v>
       </c>
       <c r="H161" t="s">
-        <v>651</v>
+        <v>669</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>652</v>
+        <v>670</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>653</v>
+        <v>671</v>
       </c>
       <c r="D162" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E162" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F162" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>654</v>
+        <v>672</v>
       </c>
       <c r="H162" t="s">
-        <v>655</v>
+        <v>673</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="D163" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E163" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F163" t="s">
-        <v>37</v>
+        <v>208</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>658</v>
+        <v>676</v>
       </c>
       <c r="H163" t="s">
-        <v>659</v>
+        <v>677</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>660</v>
+        <v>678</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>661</v>
+        <v>679</v>
       </c>
       <c r="D164" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E164" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F164" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>662</v>
+        <v>680</v>
       </c>
       <c r="H164" t="s">
-        <v>663</v>
+        <v>681</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>664</v>
+        <v>682</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>665</v>
+        <v>683</v>
       </c>
       <c r="D165" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E165" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>666</v>
+        <v>684</v>
       </c>
       <c r="H165" t="s">
-        <v>667</v>
+        <v>685</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>668</v>
+        <v>686</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="D166" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E166" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F166" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>670</v>
+        <v>688</v>
       </c>
       <c r="H166" t="s">
-        <v>671</v>
+        <v>689</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>672</v>
+        <v>690</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>673</v>
+        <v>691</v>
       </c>
       <c r="D167" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E167" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F167" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>674</v>
+        <v>692</v>
       </c>
       <c r="H167" t="s">
-        <v>675</v>
+        <v>693</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>676</v>
+        <v>694</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>677</v>
+        <v>695</v>
       </c>
       <c r="D168" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E168" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F168" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>678</v>
+        <v>696</v>
       </c>
       <c r="H168" t="s">
-        <v>679</v>
+        <v>697</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>680</v>
+        <v>698</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>681</v>
+        <v>699</v>
       </c>
       <c r="D169" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E169" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F169" t="s">
-        <v>108</v>
+        <v>351</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>682</v>
+        <v>700</v>
       </c>
       <c r="H169" t="s">
-        <v>683</v>
+        <v>701</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>684</v>
+        <v>702</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>685</v>
+        <v>703</v>
       </c>
       <c r="D170" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E170" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F170" t="s">
-        <v>108</v>
+        <v>250</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>686</v>
+        <v>704</v>
       </c>
       <c r="H170" t="s">
-        <v>687</v>
+        <v>705</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>688</v>
+        <v>706</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>689</v>
+        <v>707</v>
       </c>
       <c r="D171" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E171" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F171" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>690</v>
+        <v>708</v>
       </c>
       <c r="H171" t="s">
-        <v>691</v>
+        <v>709</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>692</v>
+        <v>710</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>693</v>
+        <v>711</v>
       </c>
       <c r="D172" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E172" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F172" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>694</v>
+        <v>712</v>
       </c>
       <c r="H172" t="s">
-        <v>695</v>
+        <v>713</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>696</v>
+        <v>714</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>697</v>
+        <v>715</v>
       </c>
       <c r="D173" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E173" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F173" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>698</v>
+        <v>716</v>
       </c>
       <c r="H173" t="s">
-        <v>699</v>
+        <v>717</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>701</v>
+        <v>719</v>
       </c>
       <c r="D174" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E174" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F174" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>702</v>
+        <v>720</v>
       </c>
       <c r="H174" t="s">
-        <v>703</v>
+        <v>721</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>704</v>
+        <v>722</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>705</v>
+        <v>723</v>
       </c>
       <c r="D175" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E175" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F175" t="s">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>706</v>
+        <v>724</v>
       </c>
       <c r="H175" t="s">
-        <v>707</v>
+        <v>725</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>708</v>
+        <v>726</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>709</v>
+        <v>727</v>
       </c>
       <c r="D176" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E176" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F176" t="s">
-        <v>37</v>
+        <v>245</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>710</v>
+        <v>728</v>
       </c>
       <c r="H176" t="s">
-        <v>711</v>
+        <v>729</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>712</v>
+        <v>730</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>713</v>
+        <v>731</v>
       </c>
       <c r="D177" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E177" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F177" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>714</v>
+        <v>732</v>
       </c>
       <c r="H177" t="s">
-        <v>715</v>
+        <v>733</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>716</v>
+        <v>734</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>717</v>
+        <v>735</v>
       </c>
       <c r="D178" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E178" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>718</v>
+        <v>736</v>
       </c>
       <c r="H178" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>720</v>
+        <v>738</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>721</v>
+        <v>739</v>
       </c>
       <c r="D179" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E179" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F179" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>722</v>
+        <v>740</v>
       </c>
       <c r="H179" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>724</v>
+        <v>742</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="D180" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E180" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F180" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>726</v>
+        <v>744</v>
       </c>
       <c r="H180" t="s">
-        <v>727</v>
+        <v>745</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>728</v>
+        <v>746</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>729</v>
+        <v>747</v>
       </c>
       <c r="D181" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E181" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F181" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>730</v>
+        <v>748</v>
       </c>
       <c r="H181" t="s">
-        <v>731</v>
+        <v>749</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>732</v>
+        <v>750</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>733</v>
+        <v>751</v>
       </c>
       <c r="D182" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E182" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F182" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>734</v>
+        <v>752</v>
       </c>
       <c r="H182" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>736</v>
+        <v>754</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>737</v>
+        <v>755</v>
       </c>
       <c r="D183" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E183" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F183" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="H183" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>740</v>
+        <v>758</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>741</v>
+        <v>759</v>
       </c>
       <c r="D184" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E184" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F184" t="s">
-        <v>108</v>
+        <v>245</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="H184" t="s">
-        <v>743</v>
+        <v>761</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>744</v>
+        <v>762</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>745</v>
+        <v>763</v>
       </c>
       <c r="D185" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E185" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F185" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>746</v>
+        <v>764</v>
       </c>
       <c r="H185" t="s">
-        <v>747</v>
+        <v>765</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>748</v>
+        <v>766</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>749</v>
+        <v>767</v>
       </c>
       <c r="D186" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E186" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F186" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>750</v>
+        <v>768</v>
       </c>
       <c r="H186" t="s">
-        <v>751</v>
+        <v>769</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>752</v>
+        <v>770</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>753</v>
+        <v>771</v>
       </c>
       <c r="D187" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E187" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F187" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>754</v>
+        <v>772</v>
       </c>
       <c r="H187" t="s">
-        <v>755</v>
+        <v>773</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>756</v>
+        <v>774</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>757</v>
+        <v>775</v>
       </c>
       <c r="D188" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E188" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F188" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>758</v>
+        <v>776</v>
       </c>
       <c r="H188" t="s">
-        <v>759</v>
+        <v>777</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>760</v>
+        <v>778</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>761</v>
+        <v>779</v>
       </c>
       <c r="D189" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E189" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>762</v>
+        <v>780</v>
       </c>
       <c r="H189" t="s">
-        <v>763</v>
+        <v>781</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>764</v>
+        <v>782</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>765</v>
+        <v>783</v>
       </c>
       <c r="D190" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E190" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F190" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>766</v>
+        <v>784</v>
       </c>
       <c r="H190" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>768</v>
+        <v>786</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>769</v>
+        <v>787</v>
       </c>
       <c r="D191" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E191" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F191" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="H191" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>772</v>
+        <v>790</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>773</v>
+        <v>791</v>
       </c>
       <c r="D192" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E192" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F192" t="s">
-        <v>37</v>
+        <v>208</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>774</v>
+        <v>792</v>
       </c>
       <c r="H192" t="s">
-        <v>775</v>
+        <v>793</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>776</v>
+        <v>794</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>777</v>
+        <v>795</v>
       </c>
       <c r="D193" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E193" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F193" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>778</v>
+        <v>796</v>
       </c>
       <c r="H193" t="s">
-        <v>779</v>
+        <v>797</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>780</v>
+        <v>798</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="D194" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E194" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F194" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>782</v>
+        <v>800</v>
       </c>
       <c r="H194" t="s">
-        <v>783</v>
+        <v>801</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>784</v>
+        <v>802</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
       <c r="D195" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E195" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F195" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="H195" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>788</v>
+        <v>806</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>789</v>
+        <v>807</v>
       </c>
       <c r="D196" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E196" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F196" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
       <c r="H196" t="s">
-        <v>791</v>
+        <v>809</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>792</v>
+        <v>810</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>793</v>
+        <v>811</v>
       </c>
       <c r="D197" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E197" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F197" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>794</v>
+        <v>812</v>
       </c>
       <c r="H197" t="s">
-        <v>795</v>
+        <v>813</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>796</v>
+        <v>814</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>797</v>
+        <v>815</v>
       </c>
       <c r="D198" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E198" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F198" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>798</v>
+        <v>816</v>
       </c>
       <c r="H198" t="s">
-        <v>799</v>
+        <v>817</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>800</v>
+        <v>818</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>801</v>
+        <v>819</v>
       </c>
       <c r="D199" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E199" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F199" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>802</v>
+        <v>820</v>
       </c>
       <c r="H199" t="s">
-        <v>803</v>
+        <v>821</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>804</v>
+        <v>822</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>805</v>
+        <v>823</v>
       </c>
       <c r="D200" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E200" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F200" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>806</v>
+        <v>824</v>
       </c>
       <c r="H200" t="s">
-        <v>807</v>
+        <v>825</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>808</v>
+        <v>826</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>809</v>
+        <v>827</v>
       </c>
       <c r="D201" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E201" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F201" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>810</v>
+        <v>828</v>
       </c>
       <c r="H201" t="s">
-        <v>811</v>
+        <v>829</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>812</v>
+        <v>830</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>813</v>
+        <v>831</v>
       </c>
       <c r="D202" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E202" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F202" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>814</v>
+        <v>832</v>
       </c>
       <c r="H202" t="s">
-        <v>815</v>
+        <v>833</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
       <c r="D203" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E203" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F203" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>818</v>
+        <v>836</v>
       </c>
       <c r="H203" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>820</v>
+        <v>838</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>821</v>
+        <v>839</v>
       </c>
       <c r="D204" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E204" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F204" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>822</v>
+        <v>840</v>
       </c>
       <c r="H204" t="s">
-        <v>823</v>
+        <v>841</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>824</v>
+        <v>842</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>825</v>
+        <v>843</v>
       </c>
       <c r="D205" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E205" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F205" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>826</v>
+        <v>844</v>
       </c>
       <c r="H205" t="s">
-        <v>827</v>
+        <v>845</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>828</v>
+        <v>846</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
       <c r="D206" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E206" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F206" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>830</v>
+        <v>848</v>
       </c>
       <c r="H206" t="s">
-        <v>831</v>
+        <v>849</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>833</v>
+        <v>851</v>
       </c>
       <c r="D207" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E207" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F207" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>834</v>
+        <v>852</v>
       </c>
       <c r="H207" t="s">
-        <v>835</v>
+        <v>853</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>836</v>
+        <v>854</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>837</v>
+        <v>855</v>
       </c>
       <c r="D208" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E208" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>838</v>
+        <v>856</v>
       </c>
       <c r="H208" t="s">
-        <v>839</v>
+        <v>857</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>840</v>
+        <v>858</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>841</v>
+        <v>859</v>
       </c>
       <c r="D209" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E209" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F209" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>842</v>
+        <v>860</v>
       </c>
       <c r="H209" t="s">
-        <v>843</v>
+        <v>861</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>844</v>
+        <v>862</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>845</v>
+        <v>863</v>
       </c>
       <c r="D210" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E210" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F210" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>846</v>
+        <v>864</v>
       </c>
       <c r="H210" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>848</v>
+        <v>866</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>849</v>
+        <v>867</v>
       </c>
       <c r="D211" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E211" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F211" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>850</v>
+        <v>868</v>
       </c>
       <c r="H211" t="s">
-        <v>851</v>
+        <v>869</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>852</v>
+        <v>870</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>853</v>
+        <v>871</v>
       </c>
       <c r="D212" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E212" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F212" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>854</v>
+        <v>872</v>
       </c>
       <c r="H212" t="s">
-        <v>855</v>
+        <v>873</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>856</v>
+        <v>874</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>857</v>
+        <v>875</v>
       </c>
       <c r="D213" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E213" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F213" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>858</v>
+        <v>876</v>
       </c>
       <c r="H213" t="s">
-        <v>859</v>
+        <v>877</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>860</v>
+        <v>878</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>861</v>
+        <v>879</v>
       </c>
       <c r="D214" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E214" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F214" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>862</v>
+        <v>880</v>
       </c>
       <c r="H214" t="s">
-        <v>863</v>
+        <v>881</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>864</v>
+        <v>882</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>865</v>
+        <v>883</v>
       </c>
       <c r="D215" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E215" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F215" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>866</v>
+        <v>884</v>
       </c>
       <c r="H215" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>868</v>
+        <v>886</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="D216" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E216" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F216" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>870</v>
+        <v>888</v>
       </c>
       <c r="H216" t="s">
-        <v>871</v>
+        <v>889</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>872</v>
+        <v>890</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>873</v>
+        <v>891</v>
       </c>
       <c r="D217" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E217" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F217" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>874</v>
+        <v>892</v>
       </c>
       <c r="H217" t="s">
-        <v>875</v>
+        <v>893</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>877</v>
+        <v>895</v>
       </c>
       <c r="D218" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E218" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F218" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>878</v>
+        <v>896</v>
       </c>
       <c r="H218" t="s">
-        <v>879</v>
+        <v>897</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>881</v>
+        <v>899</v>
       </c>
       <c r="D219" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E219" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F219" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>882</v>
+        <v>900</v>
       </c>
       <c r="H219" t="s">
-        <v>883</v>
+        <v>901</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>884</v>
+        <v>902</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>885</v>
+        <v>903</v>
       </c>
       <c r="D220" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E220" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F220" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="H220" t="s">
-        <v>887</v>
+        <v>905</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>888</v>
+        <v>906</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>889</v>
+        <v>907</v>
       </c>
       <c r="D221" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E221" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F221" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="H221" t="s">
-        <v>891</v>
+        <v>909</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>892</v>
+        <v>910</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>893</v>
+        <v>911</v>
       </c>
       <c r="D222" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E222" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F222" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>894</v>
+        <v>912</v>
       </c>
       <c r="H222" t="s">
-        <v>895</v>
+        <v>913</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>896</v>
+        <v>914</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="D223" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E223" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F223" t="s">
-        <v>142</v>
+        <v>36</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="H223" t="s">
-        <v>899</v>
+        <v>917</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>900</v>
+        <v>918</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>901</v>
+        <v>919</v>
       </c>
       <c r="D224" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E224" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F224" t="s">
-        <v>37</v>
+        <v>147</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>902</v>
+        <v>920</v>
       </c>
       <c r="H224" t="s">
-        <v>903</v>
+        <v>921</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>904</v>
+        <v>922</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>905</v>
+        <v>923</v>
       </c>
       <c r="D225" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E225" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F225" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="H225" t="s">
-        <v>907</v>
+        <v>925</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>908</v>
+        <v>926</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>909</v>
+        <v>927</v>
       </c>
       <c r="D226" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E226" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F226" t="s">
-        <v>37</v>
+        <v>351</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>910</v>
+        <v>928</v>
       </c>
       <c r="H226" t="s">
-        <v>911</v>
+        <v>929</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>912</v>
+        <v>930</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>913</v>
+        <v>931</v>
       </c>
       <c r="D227" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E227" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F227" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>914</v>
+        <v>932</v>
       </c>
       <c r="H227" t="s">
-        <v>915</v>
+        <v>933</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>916</v>
+        <v>934</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="D228" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E228" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F228" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>918</v>
+        <v>936</v>
       </c>
       <c r="H228" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>921</v>
+        <v>939</v>
       </c>
       <c r="D229" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E229" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F229" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>922</v>
+        <v>940</v>
       </c>
       <c r="H229" t="s">
-        <v>923</v>
+        <v>941</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>924</v>
+        <v>942</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>925</v>
+        <v>943</v>
       </c>
       <c r="D230" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E230" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F230" t="s">
-        <v>142</v>
+        <v>208</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>926</v>
+        <v>944</v>
       </c>
       <c r="H230" t="s">
-        <v>927</v>
+        <v>945</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>928</v>
+        <v>946</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>929</v>
+        <v>947</v>
       </c>
       <c r="D231" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E231" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F231" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="H231" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>933</v>
+        <v>951</v>
       </c>
       <c r="D232" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E232" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F232" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>934</v>
+        <v>952</v>
       </c>
       <c r="H232" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>936</v>
+        <v>954</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="D233" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E233" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F233" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>938</v>
+        <v>956</v>
       </c>
       <c r="H233" t="s">
-        <v>939</v>
+        <v>957</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>940</v>
+        <v>958</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>941</v>
+        <v>959</v>
       </c>
       <c r="D234" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E234" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F234" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="H234" t="s">
-        <v>943</v>
+        <v>961</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>944</v>
+        <v>962</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>945</v>
+        <v>963</v>
       </c>
       <c r="D235" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E235" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F235" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>946</v>
+        <v>964</v>
       </c>
       <c r="H235" t="s">
-        <v>947</v>
+        <v>965</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>948</v>
+        <v>966</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>949</v>
+        <v>967</v>
       </c>
       <c r="D236" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E236" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F236" t="s">
-        <v>228</v>
+        <v>29</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>950</v>
+        <v>968</v>
       </c>
       <c r="H236" t="s">
-        <v>951</v>
+        <v>969</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>952</v>
+        <v>970</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>953</v>
+        <v>971</v>
       </c>
       <c r="D237" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E237" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F237" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>954</v>
+        <v>972</v>
       </c>
       <c r="H237" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>957</v>
+        <v>975</v>
       </c>
       <c r="D238" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E238" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F238" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
       <c r="H238" t="s">
-        <v>959</v>
+        <v>977</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>960</v>
+        <v>978</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="D239" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E239" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F239" t="s">
-        <v>46</v>
+        <v>250</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="H239" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>965</v>
+        <v>983</v>
       </c>
       <c r="D240" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E240" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F240" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="H240" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="D241" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E241" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F241" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
       <c r="H241" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>973</v>
+        <v>991</v>
       </c>
       <c r="D242" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E242" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F242" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>974</v>
+        <v>992</v>
       </c>
       <c r="H242" t="s">
-        <v>975</v>
+        <v>993</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>976</v>
+        <v>994</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>977</v>
+        <v>995</v>
       </c>
       <c r="D243" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E243" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F243" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>978</v>
+        <v>996</v>
       </c>
       <c r="H243" t="s">
-        <v>979</v>
+        <v>997</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>980</v>
+        <v>998</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="D244" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E244" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F244" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>982</v>
+        <v>1000</v>
       </c>
       <c r="H244" t="s">
-        <v>983</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>985</v>
+        <v>1003</v>
       </c>
       <c r="D245" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E245" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F245" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>986</v>
+        <v>1004</v>
       </c>
       <c r="H245" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>988</v>
+        <v>1006</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>989</v>
+        <v>1007</v>
       </c>
       <c r="D246" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E246" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F246" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="H246" t="s">
-        <v>991</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>992</v>
+        <v>1010</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="D247" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E247" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F247" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>994</v>
+        <v>1012</v>
       </c>
       <c r="H247" t="s">
-        <v>995</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>997</v>
+        <v>1015</v>
       </c>
       <c r="D248" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E248" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F248" t="s">
-        <v>81</v>
+        <v>208</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>998</v>
+        <v>1016</v>
       </c>
       <c r="H248" t="s">
-        <v>999</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>1000</v>
+        <v>1018</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>1001</v>
+        <v>1019</v>
       </c>
       <c r="D249" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E249" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F249" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>1002</v>
+        <v>1020</v>
       </c>
       <c r="H249" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>1004</v>
+        <v>1022</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>1005</v>
+        <v>1023</v>
       </c>
       <c r="D250" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E250" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F250" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>1006</v>
+        <v>1024</v>
       </c>
       <c r="H250" t="s">
-        <v>1007</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1008</v>
+        <v>1026</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>1009</v>
+        <v>1027</v>
       </c>
       <c r="D251" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E251" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F251" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1010</v>
+        <v>1028</v>
       </c>
       <c r="H251" t="s">
-        <v>1011</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1012</v>
+        <v>1030</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>1013</v>
+        <v>1031</v>
       </c>
       <c r="D252" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E252" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F252" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>1014</v>
+        <v>1032</v>
       </c>
       <c r="H252" t="s">
-        <v>1015</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>1016</v>
+        <v>1034</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
       <c r="D253" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E253" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F253" t="s">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="H253" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1020</v>
+        <v>1038</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>1021</v>
+        <v>1039</v>
       </c>
       <c r="D254" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E254" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1022</v>
+        <v>1040</v>
       </c>
       <c r="H254" t="s">
-        <v>1023</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1024</v>
+        <v>1042</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>1025</v>
+        <v>1043</v>
       </c>
       <c r="D255" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E255" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F255" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1026</v>
+        <v>1044</v>
       </c>
       <c r="H255" t="s">
-        <v>1027</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="D256" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E256" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F256" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1030</v>
+        <v>1048</v>
       </c>
       <c r="H256" t="s">
-        <v>1031</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1032</v>
+        <v>1050</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>1033</v>
+        <v>1051</v>
       </c>
       <c r="D257" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E257" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F257" t="s">
-        <v>108</v>
+        <v>245</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
       <c r="H257" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1036</v>
+        <v>1054</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>1037</v>
+        <v>1055</v>
       </c>
       <c r="D258" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E258" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F258" t="s">
-        <v>108</v>
+        <v>245</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1038</v>
+        <v>1056</v>
       </c>
       <c r="H258" t="s">
-        <v>1039</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1040</v>
+        <v>1058</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>1041</v>
+        <v>1059</v>
       </c>
       <c r="D259" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E259" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F259" t="s">
-        <v>37</v>
+        <v>245</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="H259" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="D260" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E260" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F260" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1046</v>
+        <v>1064</v>
       </c>
       <c r="H260" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1048</v>
+        <v>1066</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>1049</v>
+        <v>1067</v>
       </c>
       <c r="D261" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E261" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F261" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1050</v>
+        <v>1068</v>
       </c>
       <c r="H261" t="s">
-        <v>1051</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1052</v>
+        <v>1070</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1053</v>
+        <v>1071</v>
       </c>
       <c r="D262" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E262" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F262" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1054</v>
+        <v>1072</v>
       </c>
       <c r="H262" t="s">
-        <v>1055</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1056</v>
+        <v>1074</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1057</v>
+        <v>1075</v>
       </c>
       <c r="D263" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E263" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F263" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1058</v>
+        <v>1076</v>
       </c>
       <c r="H263" t="s">
-        <v>1059</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1060</v>
+        <v>1078</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1061</v>
+        <v>1079</v>
       </c>
       <c r="D264" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E264" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F264" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1062</v>
+        <v>1080</v>
       </c>
       <c r="H264" t="s">
-        <v>1063</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1065</v>
+        <v>1083</v>
       </c>
       <c r="D265" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E265" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F265" t="s">
-        <v>37</v>
+        <v>245</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1066</v>
+        <v>1084</v>
       </c>
       <c r="H265" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1068</v>
+        <v>1086</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1069</v>
+        <v>1087</v>
       </c>
       <c r="D266" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E266" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F266" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1070</v>
+        <v>1088</v>
       </c>
       <c r="H266" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1072</v>
+        <v>1090</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1073</v>
+        <v>1091</v>
       </c>
       <c r="D267" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E267" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F267" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1074</v>
+        <v>1092</v>
       </c>
       <c r="H267" t="s">
-        <v>1075</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1076</v>
+        <v>1094</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="D268" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E268" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F268" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1078</v>
+        <v>1096</v>
       </c>
       <c r="H268" t="s">
-        <v>1079</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1080</v>
+        <v>1098</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1081</v>
+        <v>1099</v>
       </c>
       <c r="D269" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E269" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F269" t="s">
-        <v>90</v>
+        <v>250</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1082</v>
+        <v>1100</v>
       </c>
       <c r="H269" t="s">
-        <v>1083</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1084</v>
+        <v>1102</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1085</v>
+        <v>1103</v>
       </c>
       <c r="D270" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E270" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F270" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1086</v>
+        <v>1104</v>
       </c>
       <c r="H270" t="s">
-        <v>1087</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1088</v>
+        <v>1106</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1089</v>
+        <v>1107</v>
       </c>
       <c r="D271" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E271" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F271" t="s">
-        <v>142</v>
+        <v>250</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1090</v>
+        <v>1108</v>
       </c>
       <c r="H271" t="s">
-        <v>1091</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1092</v>
+        <v>1110</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="D272" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E272" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F272" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1094</v>
+        <v>1112</v>
       </c>
       <c r="H272" t="s">
-        <v>1095</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1096</v>
+        <v>1114</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1097</v>
+        <v>1115</v>
       </c>
       <c r="D273" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E273" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F273" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1098</v>
+        <v>1116</v>
       </c>
       <c r="H273" t="s">
-        <v>1099</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1100</v>
+        <v>1118</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1101</v>
+        <v>1119</v>
       </c>
       <c r="D274" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E274" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F274" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1102</v>
+        <v>1120</v>
       </c>
       <c r="H274" t="s">
-        <v>1103</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1104</v>
+        <v>1122</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1105</v>
+        <v>1123</v>
       </c>
       <c r="D275" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E275" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F275" t="s">
-        <v>90</v>
+        <v>147</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1106</v>
+        <v>1124</v>
       </c>
       <c r="H275" t="s">
-        <v>1107</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1108</v>
+        <v>1126</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1109</v>
+        <v>1127</v>
       </c>
       <c r="D276" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E276" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F276" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1110</v>
+        <v>1128</v>
       </c>
       <c r="H276" t="s">
-        <v>1111</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1112</v>
+        <v>1130</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1113</v>
+        <v>1131</v>
       </c>
       <c r="D277" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E277" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F277" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1114</v>
+        <v>1132</v>
       </c>
       <c r="H277" t="s">
-        <v>1115</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1117</v>
+        <v>1135</v>
       </c>
       <c r="D278" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E278" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F278" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1118</v>
+        <v>1136</v>
       </c>
       <c r="H278" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1120</v>
+        <v>1138</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1121</v>
+        <v>1139</v>
       </c>
       <c r="D279" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E279" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1122</v>
+        <v>1140</v>
       </c>
       <c r="H279" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="D280" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E280" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F280" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1126</v>
+        <v>1144</v>
       </c>
       <c r="H280" t="s">
-        <v>1127</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1128</v>
+        <v>1146</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1129</v>
+        <v>1147</v>
       </c>
       <c r="D281" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E281" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1130</v>
+        <v>1148</v>
       </c>
       <c r="H281" t="s">
-        <v>1131</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1132</v>
+        <v>1150</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1133</v>
+        <v>1151</v>
       </c>
       <c r="D282" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E282" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F282" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1134</v>
+        <v>1152</v>
       </c>
       <c r="H282" t="s">
-        <v>1135</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1136</v>
+        <v>1154</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1137</v>
+        <v>1155</v>
       </c>
       <c r="D283" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E283" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F283" t="s">
-        <v>37</v>
+        <v>208</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1138</v>
+        <v>1156</v>
       </c>
       <c r="H283" t="s">
-        <v>1139</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1140</v>
+        <v>1158</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1141</v>
+        <v>1159</v>
       </c>
       <c r="D284" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E284" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F284" t="s">
-        <v>81</v>
+        <v>208</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
       <c r="H284" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1144</v>
+        <v>1162</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="D285" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E285" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F285" t="s">
-        <v>81</v>
+        <v>147</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1146</v>
+        <v>1164</v>
       </c>
       <c r="H285" t="s">
-        <v>1147</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="D286" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E286" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F286" t="s">
-        <v>142</v>
+        <v>250</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="H286" t="s">
-        <v>1151</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1153</v>
+        <v>1171</v>
       </c>
       <c r="D287" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E287" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F287" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1154</v>
+        <v>1172</v>
       </c>
       <c r="H287" t="s">
-        <v>1155</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1157</v>
+        <v>1175</v>
       </c>
       <c r="D288" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E288" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F288" t="s">
-        <v>228</v>
+        <v>79</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1158</v>
+        <v>1176</v>
       </c>
       <c r="H288" t="s">
-        <v>1159</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1160</v>
+        <v>1178</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1161</v>
+        <v>1179</v>
       </c>
       <c r="D289" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="E289" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="F289" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1162</v>
+        <v>1180</v>
       </c>
       <c r="H289" t="s">
-        <v>1163</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1164</v>
+        <v>1182</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1165</v>
+        <v>1183</v>
       </c>
       <c r="D290" t="s">
-        <v>122</v>
+        <v>1184</v>
       </c>
       <c r="E290" t="s">
-        <v>123</v>
+        <v>1185</v>
       </c>
       <c r="F290" t="s">
-        <v>37</v>
+        <v>1186</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1166</v>
+        <v>1187</v>
       </c>
       <c r="H290" t="s">
-        <v>1167</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1168</v>
+        <v>1189</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1169</v>
+        <v>26</v>
       </c>
       <c r="D291" t="s">
-        <v>122</v>
+        <v>1184</v>
       </c>
       <c r="E291" t="s">
-        <v>123</v>
+        <v>1185</v>
       </c>
       <c r="F291" t="s">
-        <v>37</v>
+        <v>1186</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1170</v>
+        <v>1190</v>
       </c>
       <c r="H291" t="s">
-        <v>1171</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1173</v>
+        <v>1193</v>
       </c>
       <c r="D292" t="s">
-        <v>122</v>
+        <v>1184</v>
       </c>
       <c r="E292" t="s">
-        <v>123</v>
+        <v>1185</v>
       </c>
       <c r="F292" t="s">
-        <v>51</v>
+        <v>1186</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1174</v>
+        <v>1194</v>
       </c>
       <c r="H292" t="s">
-        <v>1175</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1176</v>
+        <v>1196</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="D293" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E293" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F293" t="s">
         <v>18</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1178</v>
+        <v>1199</v>
       </c>
       <c r="H293" t="s">
-        <v>1179</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1180</v>
+        <v>1201</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1181</v>
+        <v>26</v>
       </c>
       <c r="D294" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E294" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F294" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1182</v>
+        <v>1202</v>
       </c>
       <c r="H294" t="s">
-        <v>1183</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1185</v>
+        <v>1205</v>
       </c>
       <c r="D295" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E295" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F295" t="s">
-        <v>81</v>
+        <v>245</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="H295" t="s">
-        <v>1187</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1188</v>
+        <v>1208</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="D296" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E296" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F296" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1190</v>
+        <v>1209</v>
       </c>
       <c r="H296" t="s">
-        <v>1191</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1192</v>
+        <v>1211</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1193</v>
+        <v>1212</v>
       </c>
       <c r="D297" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E297" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F297" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1194</v>
+        <v>1213</v>
       </c>
       <c r="H297" t="s">
-        <v>1195</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1196</v>
+        <v>1215</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D298" t="s">
         <v>1197</v>
       </c>
-      <c r="D298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E298" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F298" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1198</v>
+        <v>1217</v>
       </c>
       <c r="H298" t="s">
-        <v>1199</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1200</v>
+        <v>1219</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1201</v>
+        <v>10</v>
       </c>
       <c r="D299" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E299" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F299" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1202</v>
+        <v>1220</v>
       </c>
       <c r="H299" t="s">
-        <v>1203</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1204</v>
+        <v>1222</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1205</v>
+        <v>1223</v>
       </c>
       <c r="D300" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E300" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F300" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="H300" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1208</v>
+        <v>1226</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1209</v>
+        <v>1227</v>
       </c>
       <c r="D301" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E301" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F301" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1210</v>
+        <v>1228</v>
       </c>
       <c r="H301" t="s">
-        <v>1211</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1212</v>
+        <v>1230</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1213</v>
+        <v>1231</v>
       </c>
       <c r="D302" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E302" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F302" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1214</v>
+        <v>1232</v>
       </c>
       <c r="H302" t="s">
-        <v>1215</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1216</v>
+        <v>1234</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="D303" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E303" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F303" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1218</v>
+        <v>1236</v>
       </c>
       <c r="H303" t="s">
-        <v>1219</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1220</v>
+        <v>1238</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1221</v>
+        <v>1239</v>
       </c>
       <c r="D304" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E304" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F304" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1222</v>
+        <v>1240</v>
       </c>
       <c r="H304" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1224</v>
+        <v>1242</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1225</v>
+        <v>1243</v>
       </c>
       <c r="D305" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E305" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F305" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1226</v>
+        <v>1244</v>
       </c>
       <c r="H305" t="s">
-        <v>1227</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1228</v>
+        <v>1246</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1229</v>
+        <v>1247</v>
       </c>
       <c r="D306" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E306" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F306" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1230</v>
+        <v>1248</v>
       </c>
       <c r="H306" t="s">
-        <v>1231</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1232</v>
+        <v>1250</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1233</v>
+        <v>1251</v>
       </c>
       <c r="D307" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E307" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F307" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1234</v>
+        <v>1252</v>
       </c>
       <c r="H307" t="s">
-        <v>1235</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1236</v>
+        <v>1254</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1237</v>
+        <v>1255</v>
       </c>
       <c r="D308" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E308" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F308" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1238</v>
+        <v>1256</v>
       </c>
       <c r="H308" t="s">
-        <v>1239</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1240</v>
+        <v>1258</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1241</v>
+        <v>22</v>
       </c>
       <c r="D309" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E309" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F309" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1242</v>
+        <v>1259</v>
       </c>
       <c r="H309" t="s">
-        <v>1243</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
       <c r="D310" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E310" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="H310" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="D311" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E311" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F311" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
       <c r="H311" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1253</v>
+        <v>1270</v>
       </c>
       <c r="D312" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E312" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F312" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
       <c r="H312" t="s">
-        <v>1255</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1256</v>
+        <v>1273</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1257</v>
+        <v>1274</v>
       </c>
       <c r="D313" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E313" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F313" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1258</v>
+        <v>1275</v>
       </c>
       <c r="H313" t="s">
-        <v>1259</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="D314" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E314" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F314" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1262</v>
+        <v>1279</v>
       </c>
       <c r="H314" t="s">
-        <v>1263</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1264</v>
+        <v>1281</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1265</v>
+        <v>1282</v>
       </c>
       <c r="D315" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E315" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F315" t="s">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1266</v>
+        <v>1283</v>
       </c>
       <c r="H315" t="s">
-        <v>1267</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1268</v>
+        <v>1285</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1269</v>
+        <v>1286</v>
       </c>
       <c r="D316" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E316" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F316" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="H316" t="s">
-        <v>1271</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1272</v>
+        <v>1289</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1273</v>
+        <v>1290</v>
       </c>
       <c r="D317" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E317" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F317" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1274</v>
+        <v>1291</v>
       </c>
       <c r="H317" t="s">
-        <v>1275</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1276</v>
+        <v>1293</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1277</v>
+        <v>1294</v>
       </c>
       <c r="D318" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E318" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F318" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1278</v>
+        <v>1295</v>
       </c>
       <c r="H318" t="s">
-        <v>1279</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1280</v>
+        <v>1297</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1281</v>
+        <v>1298</v>
       </c>
       <c r="D319" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E319" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F319" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1282</v>
+        <v>1299</v>
       </c>
       <c r="H319" t="s">
-        <v>1283</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1284</v>
+        <v>1301</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="D320" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E320" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F320" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="H320" t="s">
-        <v>1287</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1288</v>
+        <v>1305</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1289</v>
+        <v>1306</v>
       </c>
       <c r="D321" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E321" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F321" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
       <c r="H321" t="s">
-        <v>1291</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="D322" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E322" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F322" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1294</v>
+        <v>1311</v>
       </c>
       <c r="H322" t="s">
-        <v>1295</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1296</v>
+        <v>1313</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1297</v>
+        <v>1314</v>
       </c>
       <c r="D323" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="E323" t="s">
-        <v>123</v>
+        <v>1198</v>
       </c>
       <c r="F323" t="s">
-        <v>81</v>
+        <v>250</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1298</v>
+        <v>1315</v>
       </c>
       <c r="H323" t="s">
-        <v>1299</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1300</v>
+        <v>1317</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1301</v>
+        <v>1205</v>
       </c>
       <c r="D324" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E324" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F324" t="s">
-        <v>37</v>
+        <v>1186</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1302</v>
+        <v>1320</v>
       </c>
       <c r="H324" t="s">
-        <v>1303</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1304</v>
+        <v>1322</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1305</v>
+        <v>1193</v>
       </c>
       <c r="D325" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E325" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F325" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1306</v>
+        <v>1323</v>
       </c>
       <c r="H325" t="s">
-        <v>1307</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1308</v>
+        <v>1325</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1309</v>
+        <v>1326</v>
       </c>
       <c r="D326" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E326" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F326" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1310</v>
+        <v>1327</v>
       </c>
       <c r="H326" t="s">
-        <v>1311</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1312</v>
+        <v>1329</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1313</v>
+        <v>1216</v>
       </c>
       <c r="D327" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E327" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F327" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1314</v>
+        <v>1330</v>
       </c>
       <c r="H327" t="s">
-        <v>1315</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1317</v>
+        <v>10</v>
       </c>
       <c r="D328" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E328" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F328" t="s">
-        <v>51</v>
+        <v>1186</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="H328" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="D329" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E329" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F329" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1322</v>
+        <v>1337</v>
       </c>
       <c r="H329" t="s">
-        <v>1323</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1324</v>
+        <v>1339</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1325</v>
+        <v>1282</v>
       </c>
       <c r="D330" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E330" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F330" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="H330" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1329</v>
+        <v>1286</v>
       </c>
       <c r="D331" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E331" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F331" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="H331" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1333</v>
+        <v>1306</v>
       </c>
       <c r="D332" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E332" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F332" t="s">
-        <v>28</v>
+        <v>1186</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="H332" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1337</v>
+        <v>1310</v>
       </c>
       <c r="D333" t="s">
-        <v>122</v>
+        <v>1318</v>
       </c>
       <c r="E333" t="s">
-        <v>123</v>
+        <v>1319</v>
       </c>
       <c r="F333" t="s">
-        <v>81</v>
+        <v>1186</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="H333" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1341</v>
+        <v>1183</v>
       </c>
       <c r="D334" t="s">
-        <v>122</v>
+        <v>1352</v>
       </c>
       <c r="E334" t="s">
-        <v>123</v>
+        <v>1353</v>
       </c>
       <c r="F334" t="s">
-        <v>51</v>
+        <v>1354</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="H334" t="s">
-        <v>1343</v>
-[...81 lines deleted...]
-      <c r="A338" t="s">
         <v>1356</v>
-      </c>
-[...1787 lines deleted...]
-        <v>1598</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16065,122 +13464,50 @@
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
-    <hyperlink ref="G335" r:id="rId334"/>
-[...70 lines deleted...]
-    <hyperlink ref="G406" r:id="rId405"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>