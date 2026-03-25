--- v0 (2025-12-14)
+++ v1 (2026-03-25)
@@ -54,315 +54,315 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Nicson Marreira Lima</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_18_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_18_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Modifica o Inciso IV, do Art. 45 da Lei Municipal nº 193/2022, que institui o Código Tributário do Município de Tefé, e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Modifica caput do Artigo 1º, da Lei Municipal nº 195/2022, que autoriza o Município de Tefé, por intermédio do Poder Executivo  a realizar a doação com encargos, de imóvel ao Ministério Público do Estado do Amazonas, e dá outras providências".</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Tefé, por intermédio do Poder Executivo, a realizar a doação, com encargos, do imóvel que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_22_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_22_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Modifica o inciso I, do Art. 3º, da Lei Municipal nº 190 de 27 de abril de 2022, que institui a Semana Municipal do Pescador no âmbito do Município de Tefé/Am, e dá outras providências".</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Luri</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_107_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_107_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o douto Plenário desta Casa Legislativa, para que seja oficializado ao Exmº. Presidente da Câmara Municipal de Tefé, para que o mesmo realize uma Sessão Itinerante da Câmara Municipal de Tefé no Distrito de Caiambé.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJRF - Comissão de Constituição Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/206/parecer_14_2022_ccj.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/206/parecer_14_2022_ccj.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei que : modifica o Art. 1º da Lei Municipal nº 200/2022.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>Francisco Carioca</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/224/propostas_de_emendas_001_-_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/224/propostas_de_emendas_001_-_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Pelo presente encaminho na forma regimental a seguinte PROPOSTA DE EMENDAS IMPOSITIVAS para serem incluídas na forma em que especifica a EMENDA À LEI ORGANICA MUNICIPAL Nº 003/2019, de 16 de outubro de 2019, e depois de analisadas pelas Comissões competentes sejam aprovadas e encaminhadas ao Poder Executivo e alocado ao Projeto de Lei 24/2022, que trata da Lei Orçamentaria Anual - LOA – 2023, para execução obrigatória.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Fábio Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/225/propostas_de_emendas_002_-_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/225/propostas_de_emendas_002_-_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Cacau</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/226/propostas_de_emendas_003_-_cacau_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/226/propostas_de_emendas_003_-_cacau_2022.pdf</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Irmão Silvano</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/227/propostas_de_emendas_004_-_irmao_silvano_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/227/propostas_de_emendas_004_-_irmao_silvano_2022.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/228/propostas_de_emendas_005_-_lurinei_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/228/propostas_de_emendas_005_-_lurinei_2022.pdf</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Tapioca</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/229/propostas_de_emendas_006_-_tapioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/229/propostas_de_emendas_006_-_tapioca_2022.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Helinho Bessa</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/230/propostas_de_emendas_007_-_helinho_bessa_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/230/propostas_de_emendas_007_-_helinho_bessa_2022.pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vicente Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/231/propostas_de_emendas_008_-_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/231/propostas_de_emendas_008_-_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Manuel Situba</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/232/propostas_de_emendas_009_-_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/232/propostas_de_emendas_009_-_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>João Paulo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/233/propostas_de_emendas_010_-_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/233/propostas_de_emendas_010_-_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Missionário Daniel</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/234/propostas_de_emendas_011_-_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/234/propostas_de_emendas_011_-_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Borbulha do Povo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/235/propostas_de_emendas_012_-_borbulha_do_povo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/235/propostas_de_emendas_012_-_borbulha_do_povo_2022.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Lazinho Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/236/propostas_de_emendas_013_-_lazaro_nogueira_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/236/propostas_de_emendas_013_-_lazaro_nogueira_2022.pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Fernando Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/237/propostas_de_emendas_014_-_fernando_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/237/propostas_de_emendas_014_-_fernando_araujo_2022.pdf</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Paulo Arara</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/241/propostas_de_emendas_015_-_paulo_arara_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/241/propostas_de_emendas_015_-_paulo_arara_2022.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -666,68 +666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_18_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_22_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_107_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/206/parecer_14_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/224/propostas_de_emendas_001_-_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/225/propostas_de_emendas_002_-_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/226/propostas_de_emendas_003_-_cacau_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/227/propostas_de_emendas_004_-_irmao_silvano_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/228/propostas_de_emendas_005_-_lurinei_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/229/propostas_de_emendas_006_-_tapioca_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/230/propostas_de_emendas_007_-_helinho_bessa_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/231/propostas_de_emendas_008_-_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/232/propostas_de_emendas_009_-_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/233/propostas_de_emendas_010_-_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/234/propostas_de_emendas_011_-_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/235/propostas_de_emendas_012_-_borbulha_do_povo_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/236/propostas_de_emendas_013_-_lazaro_nogueira_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/237/propostas_de_emendas_014_-_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/241/propostas_de_emendas_015_-_paulo_arara_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_18_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_22_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_107_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/206/parecer_14_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/224/propostas_de_emendas_001_-_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/225/propostas_de_emendas_002_-_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/226/propostas_de_emendas_003_-_cacau_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/227/propostas_de_emendas_004_-_irmao_silvano_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/228/propostas_de_emendas_005_-_lurinei_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/229/propostas_de_emendas_006_-_tapioca_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/230/propostas_de_emendas_007_-_helinho_bessa_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/231/propostas_de_emendas_008_-_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/232/propostas_de_emendas_009_-_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/233/propostas_de_emendas_010_-_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/234/propostas_de_emendas_011_-_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/235/propostas_de_emendas_012_-_borbulha_do_povo_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/236/propostas_de_emendas_013_-_lazaro_nogueira_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/237/propostas_de_emendas_014_-_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/241/propostas_de_emendas_015_-_paulo_arara_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>