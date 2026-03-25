--- v0 (2025-12-14)
+++ v1 (2026-03-25)
@@ -54,756 +54,756 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Nicson Marreira Lima</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/</t>
+    <t>http://sapl.tefe.am.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Município de Tefé, por intermédio do Poder Executivo, a realizar a doação, com encargos, do imóvel que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/146/mensagem_008_pl_15_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/146/mensagem_008_pl_15_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Tefé, por intermédio do Poder Executivo a realizar a doação com encargos, do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Modifica caput do Artigo 1º, da Lei Municipal nº 195/2022, que autoriza o Município de Tefé, por intermédio do Poder Executivo  a realizar a doação com encargos, de imóvel ao Ministério Público do Estado do Amazonas, e dá outras providências".</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Tefé, por intermédio do Poder Executivo, a realizar a doação, com encargos, do imóvel que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Fábio Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_01_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_01_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o soberano plenário dessa Casa Legislativa, requer à Mesa Diretora envio de expediente à Secretaria Municipal de Infraestrutura solicitando  que seja feita a manutenção urgente da Rua Barão do Rio Branco, Bairro Juruá, divisa com o Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Helinho Bessa</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_06_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_06_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Poder Executivo Municipal, que solicite da Secretaria de Obras para realizar a concretagem do Beco Santa Rosa.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Missionário Daniel</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_10_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_10_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine ao setor competente a realização de uma Operação Tapa-Buracos na Rua Duque de Caxias, rua da Feira Municipal de Tefé.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/19/requerimento_15_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/19/requerimento_15_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o douto plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao Setor de Obras a pavimentação com malha asfáltica da Rua Ipanini, localizada no Bairro de Santa Tereza.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Vicente Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_16_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_16_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa, que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a reforma do prédio de Associação de Moradores do Bairro de Olaria - (AMBO), localizado na Rua Cleto Praia, no Bairro de Olaria.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Fernando Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/25/requerimento_18_fernando_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/25/requerimento_18_fernando_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta casa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao órgão competente que seja feito o serviço de tapa-buracos na Estrada das Missões e ruas adjacentes.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_20_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_20_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine a construção de uma ponte de madeira no Beco Bem-Te-Vi, localizado no lado esquerdo da Rua Bem-Te-Vi.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_21_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_21_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a pavimentação da Rua Jaraguaia, no Bairro de São João.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_23_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_23_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o soberano plenário dessa Casa Legislativa, requer à Mesa Diretora envio de expediente à Secretaria Municipal de Infraestrutura solicitando que seja feita a manutenção urgente da Rua Barão do Rio Branco, Bairro Juruá, divisa com o Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_24_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_24_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine à Secretaria Municipal de Infraestrutura o recapeamento da Rua Armando Barros (próximo à Igreja dos Santos dos Últimos Dias).</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Cacau</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Sábio plenário desta Casa, que seja encaminhado ao Chefe do Poder Executivo Municipal, para que o mesmo determine ao setor competente que faça a recuperação da Rua Henrique Lima e demais ruas do Distrito de Caiambé.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Manuel Situba</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_33_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_33_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine à Secretaria Municipal de Infraestrutura Urbana e Obras que faça a pavimentação asfáltica da Agrovila, localizada no final da Estrada da Agrovila.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_34_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_34_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine ao Secretário Municipal de Infraestrutura e Obras (SEMIO) faça a reforma da ponte do Bairro de Vila Nova, que liga ao Bairro de Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_43_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_43_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a pavimentação de uma parte da Rua Raimundo Lima, localizada no Bairro de Jerusalém.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_47_cacau.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_47_cacau.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Sábio plenário desta Casa, que seja encaminhado ao Chefe do Poder Executivo Municipal, para que o mesmo determine ao setor competente que com mais breve urgência reconstrua em concreto a ponte que liga o bairro de Santo Antônio ao Bairro de Olaria.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento_53_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento_53_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine à Secretaria de Infraestrutura e Obras que faça os serviços  de tapa-buracos na Rua Colônia 2, localizada no Bairro Colônia Ventura.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_55_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_55_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine à Secretaria de Infraestrutura Urbana e Obras que faça o serviço de tapa-buracos nos trechos intransitáveis das Estradas da Agrovila, EMADE e Missões.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>João Paulo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_56_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_56_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine à Secretaria Municipal de Infraestrutura e Obras a pavimentação asfáltica do ramal localizado no Km 02 da Estrada da EMADE, especificamente ao lado do terreno do Sr. Paulo Careca.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_57_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_57_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine ao setor competente a realização de pavimentação asfáltica e construção de uma escada na Rua Nova II, localizada na Vila Buriti.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Luri</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento_38_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento_38_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal Nicson Marreira, com uma cópia ao Ilustríssimo Secretário Municipal de Infraestrutura, que por imediato faça a construção de todas as escadas de alvenaria, dos becos e vielas da Rua 15 de Junho, no Bairro de Juruá.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/37/requerimento_64_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/37/requerimento_64_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao setor competente a instalação de um portal na Rua Duque de Caxias, nas proximidades da Feira Municipal de Tefé.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_67_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_67_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine aos setores competentes providências quanto a pavimentação asfáltica da Travessa Jericó, situada no Bairro de Jerusalém, e obra de serviço de escoamento de água pluvial ao final desta mesma via.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_77_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_77_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a pavimentação da Rua da Paz, no bairro de São João.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_82_fernando_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_82_fernando_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal de Tefé, para que o mesmo determine ao órgão competente  que seja feita a construção de um Centro Comunitário na Comunidade de Ponta da Serva.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_84_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_84_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao setor competente a realização de pavimentação na Rua Jaraguaia, Bairro de São José.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Francisco Carioca</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_86_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_86_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Municipal de Tefé, para que o mesmo solicite ao setor competente que realize uma Operação tapa Buracos em caráter de urgência, na Rua João Estéfano, localizada no Bairro São José.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_90_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_90_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine ao setor competente a construção de uma sala de aula na Escola Municipal São Francisco, localizada no Km 04 na Estrada da EMADE.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Borbulha do Povo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_97_borbulha_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_97_borbulha_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Excelentíssimo Sr. Prefeito Municipal de Tefé, para que solicite ao setor competente a pavimentação do final da Rua Diogo Torres, situada no Bairro São Francisco, construção da ponte que interliga da Rua Diogo Torres ao Bairro São José 2.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_98_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_98_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira de Lima, para que o mesmo determine ao setor competente a pavimentação das ruas, calçadas dos pontos de catraias que trabalham nas associações legalizadas de nosso município.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_102_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_102_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a pavimentação e/ou recapeamento da Travessa Emaús, localizada no Bairro de São Raimundo.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_106_francisco_carioca_pinto_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_106_francisco_carioca_pinto_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa, que o Poder Executivo observe as emendas impositivas aprovadas como anexo na Lei Municipal nº 189/2022, de 03 de janeiro de 2022, que faça reforma e outras melhorias no Centro de Atenção Psicossocial - CAPS - Tefé, pois há uma rubrica disponível na referida lei, no valor de R$ 260.442,00, destinada para essas melhorias.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_109_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_109_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, para que determine providências quanto à reforma da ponte da Rua Rosélia Alves, do bairro de Vila Nova.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_111_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_111_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, para que determine providências quanto à reforma da ponte da Rua Raimundo Coelho, localizada no bairro de Nova Esperança.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_113_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_113_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal de Tefé, para que seja determinado ao setor competente a pavimentação asfáltica na Rua de Assis Pinheiro, localizada no Bairro de São Raimundo.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/150/requerimento_114_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/150/requerimento_114_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o soberano plenário dessa Casa Legislativa, requer à Mesa Diretora, envio de expediente a Secretaria Municipal de Infraestrutura solicitando que seja feita a manutenção do Beco do Bexiga, na Estrada do Bexiga.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_116_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_116_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que seja determinado ao setor competente a reforma da ponte de madeira da Rua João Estéfano, Bairro Juruá.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_120_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_120_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine à Secretaria Municipal de Infraestrutura Urbana com máxima urgência a manutenção asfáltica na Rua Castanheiras, no bairro Colônia Ventura.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_126_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_126_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine ao setor competente a perfuração de um poço artesiano no Sítio São Francisco na Estrada das Missões e realize a terraplanagem da sua principal rua de acesso às residências e à igreja.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_134_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_134_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine à Secretaria Municipal de Infraestrutura Urbana a reforma da ponte que interliga a Rua Luciano Rodrigues Alves, Bairro de Nossa Senhora de Fátima ao Bairro de Vila Nova.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_135_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_135_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine à Secretaria Municipal de Infraestrutura Urbana a terraplanagem e posterior pavimentação na Rua Senador Fábio Lucena, Bairro de São José.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_137_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_137_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que determine à Secretaria Municipal de Infraestrutura e Obras para realizar com máxima Urgência a abertura de uma via de acesso para as famílias que estão isoladas na Rua Artur Rodrigues Alves – Bairro de Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_140_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_140_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal, para que o mesmo Construa em caráter de urgência um Centro Social na Comunidade Nossa Senhora Perpétuo Socorro/Solimões.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_141_borbulha_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_141_borbulha_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Sábio Plenário desta Casa Legislativa, que seja encaminhado ao Prefeito Municipal, o presente requerimento para que o mesmo  determine à Secretaria de Infraestrutura e Obras, que faça um levantamento e a construção de escadas de concreto nas comunidades rurais no Lago do Caiambé: Sacaí, Miriti, Felicidade, Severino, Santa Rosa, Tucumãzinho e São José do Macaco.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_143_borbulha_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_143_borbulha_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Sábio Plenário desta Casa Legislativa, que seja encaminhado ao Secretário Municipal de Infraestrutura e Obras o presente requerimento, para que o mesmo elabore o projeto de construção de uma escada, altos da Rua São Pedro com acesso à Rua Hermes Tupinambá, Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/190/requerimento_149_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/190/requerimento_149_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requere na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que determine à Secretaria Municipal de Infraestrutura e Obras a manutenção asfáltica  ou Operação tapa-buracos em trecho da Avenida Tiradentes, Bairro de Santo Antônio.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_152_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_152_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine à Secretaria Municipal, quais as possibilidades de uma reforma geral com alteração do padrão atual do Mercado Municipal, em caráter de urgência.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo construa uma escola indígena na Aldeia Vila Nova no Cano do Mirini, localizada à margem direita do Rio Solimões.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/200/requerimento_158_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/200/requerimento_158_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o soberano plenário dessa Casa Legislativa, requer à Mesa Diretora, envio de expediente à Secretaria Municipal de Infraestrutura solicitando que seja feita a manutenção de um trecho da Rua 15 de Junho, Bairro Juruá (fundos da UNIP).</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/209/requerimento_160_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/209/requerimento_160_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Prefeito Municipal de Tefé para que determine ao setor competente a reforma em caráter de urgência do Posto de Saúde da Comunidade Barreirinha no Lago do Caiambé.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/212/requerimento_163_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/212/requerimento_163_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que determine à Secretaria Municipal de Produção, Abastecimento, Desenvolvimento Rural e Sustentável - SEMPA a instalação de exaustores eólicos e a manutenção do telhado da Feira Municipal Eduardo Sá.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/215/requerimento_166_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/215/requerimento_166_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que determine à Secretaria Municipal de Infraestrutura e Obras a reforma da ponte que interliga a Rua José Luciano Rodrigues Alves com a Travessa Alexandre Rodrigues Alves, no Bairro de Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_173_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_173_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo determine ao setor competente que faça em caráter de urgência uma reforma no Posto de Saúde Evert Jurgens localizado na Comunidade  da Missão.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJRF - Comissão de Constituição Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/238/parecer_06_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/238/parecer_06_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Tefé, por intermédio do Poder Executivo a realizar a doação com encargos, do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/239/parecer_07_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/239/parecer_07_2022.pdf</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/141/parecer_12_2022_ccj.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/141/parecer_12_2022_ccj.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei que autoriza o município de Tefé, por intermédio do Poder Executivo a realizar a doação com encargos, do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/186/parecer_15_2022_ccj.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/186/parecer_15_2022_ccj.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Tefé, por intermédio do Poder Executivo, a realizar a doação com encargos, do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao_03_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao_03_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Indica, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo realize a implantação de programa para famílias de baixa renda destinado à construção gratuita de calçadas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1110,68 +1110,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/146/mensagem_008_pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_01_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_06_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_10_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/19/requerimento_15_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_16_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/25/requerimento_18_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_20_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_21_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_23_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_24_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_33_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_34_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_43_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_47_cacau.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento_53_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_55_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_56_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_57_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento_38_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/37/requerimento_64_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_67_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_77_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_82_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_84_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_86_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_90_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_97_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_98_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_102_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_106_francisco_carioca_pinto_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_109_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_111_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_113_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/150/requerimento_114_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_116_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_120_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_126_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_134_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_135_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_137_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_140_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_141_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_143_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/190/requerimento_149_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_152_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/200/requerimento_158_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/209/requerimento_160_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/212/requerimento_163_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/215/requerimento_166_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_173_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/238/parecer_06_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/239/parecer_07_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/141/parecer_12_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/186/parecer_15_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao_03_missionario_daniel_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/146/mensagem_008_pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_20_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_21_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_01_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_06_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_10_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/19/requerimento_15_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/92/requerimento_16_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/25/requerimento_18_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_20_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_21_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_23_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_24_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_33_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_34_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_43_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_47_cacau.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento_53_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_55_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_56_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_57_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento_38_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/37/requerimento_64_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_67_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_77_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_82_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_84_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_86_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_90_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_97_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_98_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_102_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_106_francisco_carioca_pinto_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_109_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_111_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_113_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/150/requerimento_114_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_116_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/156/requerimento_120_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_126_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_134_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_135_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_137_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_140_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_141_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_143_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/190/requerimento_149_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/194/requerimento_152_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/200/requerimento_158_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/209/requerimento_160_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/212/requerimento_163_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/215/requerimento_166_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/220/requerimento_173_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/238/parecer_06_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/239/parecer_07_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/141/parecer_12_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/186/parecer_15_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao_03_missionario_daniel_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>