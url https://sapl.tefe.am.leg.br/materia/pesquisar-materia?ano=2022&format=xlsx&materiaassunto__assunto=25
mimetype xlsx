--- v0 (2025-12-14)
+++ v1 (2026-03-24)
@@ -54,312 +54,312 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Cacau</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/162/p_de_lei_23_cacau_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/162/p_de_lei_23_cacau_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da empresa concessionária responsável pelo abastecimento de água no Município de Tefé restabelecer o fornecimento da água nos sábados, domingos e feriados, em dias úteis durante a noite e dá outras providências."</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vicente Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_26_vicente_medeiros_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_26_vicente_medeiros_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa que seja oficializado ao Prefeito Municipal de Tefé, que o mesmo através da Secretaria competente providencie a perfuração de um poço artesiano na Estrada do Itapuã.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Missionário Daniel</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_45_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_45_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, para que o mesmo determine ao setor competente a perfuração de um poço artesiano na Creche Municipal Edézio de Oliveira Pinho.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Francisco Carioca</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/12/requerimento_69_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/12/requerimento_69_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmo. Sr. Prefeito Municipal de Tefé, para que faça a manutenção da rede hidráulica na Comunidade Nova Sião - Lago do Mirini</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Luri</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_78_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_78_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, mostrando a necessidade  de proceder em caráter de urgência a perfuração  de um poço artesiano na Comunidade Surucucu, localizado no Lago de Jenipaua.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_81_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_81_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, mostrando a necessidade de proceder em caráter de urgência a perfuração de um poço na Comunidade Indígena Vila Nova, localizada no Lago do Mirini.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>João Paulo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_85_jp_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_85_jp_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao setor competente a realização da interligação de água nas casas do Conjunto Residencial Castanheiras, ao tempo que se construa um elevado de água com capacidade de 100.000 litros.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_94_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_94_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo faça a perfuração de um poço artesiano na Comunidade Santa Rosa, Lago do Caiambé.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Borbulha do Povo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_99_borbulha_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_99_borbulha_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Municipal de Tefé, para que o mesmo solicite ao setor competente a perfuração de um poço artesanal na Rua Juvenal Correia.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_103_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_103_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo faça a perfuração de um poço artesiano na Localidade Zé Belo, próximo à Comunidade Feliciana, Rio Caiambé.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Helinho Bessa</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_110_helinho_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_110_helinho_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal de Tefé, para que seja determinado ao setor competente a instalação de um elevado de água com um tanque com capacidade de 5000 litros e tubos de distribuição, para atender às famílias residentes no ramal do Bacuri, Km 01, Estrada da Agrovila.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_122_joao_paulo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_122_joao_paulo_2022.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine ao setor competente a realização da ligação do poço do Bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_131_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_131_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa , para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine ao setor competente a realização de perfuração de um poço artesiano para atender a localidade de Nossa Senhora de Aparecida.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_132_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_132_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa , para que seja oficializado ao Excelentíssimo Prefeito Municipal, que determine ao setor competente  a realização de perfuração de um poço artesiano no Ramal de São Jorge, Km 03 da Estrada da EMADE.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Irmão Silvano</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_133_silvano_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_133_silvano_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto Plenário desta Casa Legislativa , para que seja oficializado ao Excelentíssimo Prefeito Municipal que faça um poço artesiano para a Escola Municipal Flora Agrícola, na Comunidade de Agrovila.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_136_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_136_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado à direção do SAAE, para verificação da causa de falta de água na Rua Artur Rodrigues Alves - Bairro Nossa Senhora de Fátima, e consequente resolução desse problema.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/191/requerimento_150_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/191/requerimento_150_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo instale uma nova Rede Hidráulica e coloque um elevado de água de 30 mil litros na Comunidade de Santo Isidoro.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Fábio Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/193/requerimento_151_fabio_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/193/requerimento_151_fabio_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Depois de ouvir o soberano plenário dessa Casa Legislativa, requer à Mesa Diretora envio de expediente à Secretaria Municipal de Infraestrutura, solicitando que seja feita a manutenção preventiva das caixas d'água do Município de Tefé.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/199/requerimento_156_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/199/requerimento_156_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo faça a perfuração de um poço artesiano na Localidade Vista Alegre, localizado ao lado da aldeia Terra Indígena Vila Nova no cano do Mirini, na margem direita do Rio Solimões.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Manuel Situba</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/244/requerimento_176_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/244/requerimento_176_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado o Exmº. Prefeito Municipal Nicson Marreira Lima, para que o mesmo determine à Secretaria responsável a perfuração de um poço artesiano e instalação de rede de água aos moradores da Estrada das Missões KM 01.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -666,68 +666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/162/p_de_lei_23_cacau_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_26_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_45_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/12/requerimento_69_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_78_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_81_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_85_jp_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_94_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_99_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_103_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_110_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_122_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_131_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_132_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_133_silvano_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_136_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/191/requerimento_150_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/193/requerimento_151_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/199/requerimento_156_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/244/requerimento_176_manuel_situba_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/162/p_de_lei_23_cacau_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_26_vicente_medeiros_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_45_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/12/requerimento_69_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_78_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_81_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_85_jp_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_94_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_99_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_103_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_110_helinho_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_122_joao_paulo_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_131_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_132_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_133_silvano_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_136_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/191/requerimento_150_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/193/requerimento_151_fabio_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/199/requerimento_156_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/244/requerimento_176_manuel_situba_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>