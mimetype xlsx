--- v0 (2025-12-14)
+++ v1 (2026-03-24)
@@ -54,324 +54,324 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Manuel Situba</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/48/p_de_lei_02_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/48/p_de_lei_02_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Institui a mudança da data do brasão do Município de Tefé e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Fernando Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/100/p_de_lei_11_fernando_araujo_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/100/p_de_lei_11_fernando_araujo_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal Literária e de Incentivo à Leitura, Produções Textuais e Literárias e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Fábio Araújo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/118/p_de_resolucao_02_fabio_araujo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/118/p_de_resolucao_02_fabio_araujo.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa 'Conhecendo a Câmara Municipal' e dá outras providências".</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Francisco Carioca</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/8/requerimento_12_carioca.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/8/requerimento_12_carioca.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o Douto plenário desta Casa, que seja oficializado ao Exmo. Sr. Prefeito Municipal de Tefé, para que o mesmo determine ao setor competente, que faça a reforma em caráter de urgência na Escola Municipal Rural Haroldo Guimarães, localizado na Comunidade São Francisco do Itaúba.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Luri</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_38_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_38_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine à Secretaria Municipal de Educação, Esportes e Cultura (SEMEEC), a aquisição de materiais para a cozinha da Escola Municipal Rural Indígena Basília Pacaia - Boarazinho.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_39_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_39_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine à Secretaria Municipal de Educação, Esporte e Cultura (SEMEEC) a aquisição de materiais para instalação de energia elétrica para a Escola Municipal Rural Indígena Basília Pacaia - Boarazinho.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Missionário Daniel</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_40_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_40_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine à Secretaria Municipal de Educação, Esporte e Cultura providências quanto a revisão nos ar-condicionados da Escola Municipal Helion de Oliveira.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_44_missionario_daniel_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_44_missionario_daniel_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Prefeito Municipal, que o mesmo determine providências quanto à reforma do anfiteatro e dependências da Creche Municipal Edézio de Oliveira Pinho.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_50_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_50_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo faça a alteração da data do brasão do Município de Tefé, e consequentemente altere todos os símbolos pintados nos órgãos públicos municipais, documentos públicos físicos e digitais, inclusive nas redes sociais e páginas oficiais do município.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/46/requerimento_52_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/46/requerimento_52_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal Nicson Marreira, com uma cópia ao Ilustríssimo Secretário Municipal de Educação, mostrando a necessidade de proceder por imediata a reforma da Escola Municipal Indígena São José do Genipaua, com a possibilidade da reforma do Centro Comunitário  da referida comunidade.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_58_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_58_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, para que o mesmo determine à Secretaria Municipal de Educação, Esporte e Cultura (SEMEEC) que fixe nas dependências do refeitório das escolas municipais o cardápio semanal da merenda escolar.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/47/requerimento_73_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/47/requerimento_73_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, mostrando a necessidade de proceder por imediata a construção de uma escola municipal na Comunidade do Aratamã, localizada na margem direita do Rio Solimões.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_79_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_79_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal,  mostrando a necessidade de proceder por imediato a construção de uma Escola na Comunidade de Surucucu, localizada no lago do Jenipaua.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_80_luri_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_80_luri_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Prefeito Municipal, mostrando a necessidade de proceder por imediata a construção de uma escola na Comunidade da Aldeia Indígena Vila Nova, localizada no Lago do Mirini.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_91_manuel_situba_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_91_manuel_situba_2022.pdf</t>
   </si>
   <si>
     <t>Requer, depois de ouvir o Douto Plenário desta Casa Legislativa, para que seja oficializado ao Excelentíssimo Senhor Prefeito Nicson Marreira Lima, para que o mesmo determine ao setor competente a compra de 06 (seis) ventiladores para a Escola Municipal Rural Indígena João Hamilton, na Comunidade Agrovila da EMADE.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_95_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_95_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo construa uma Escola Municipal na Comunidade do Caiambé, para atender alunos do 6º ao 9º ano.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Borbulha do Povo</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_104_borbulha_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_104_borbulha_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental, depois de ouvir o sábio Plenário desta Casa Legislativa, para que seja encaminhado o presente requerimento ao Executivo Municipal, solicitando a regulamentação da Lei "Lucas Begalli Zamora" no Município de Tefé.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma regimental depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Sr. Prefeito Municipal de Tefé, para que o mesmo construa uma escola indígena na Aldeia Vila Nova no Cano do Mirini, localizada à margem direita do Rio Solimões.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/208/requerimento_159_carioca_2022.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/208/requerimento_159_carioca_2022.pdf</t>
   </si>
   <si>
     <t>Requer na forma Regimental, depois de ouvir o Douto Plenário desta Casa, para que seja oficializado ao Exmº. Prefeito Municipal de Tefé para que determine ao setor competente que faça a compra de um freezer e de utensílios de cozinha para a Escola Municipal Elizeu Ananias na Comunidade Barreirinha, Lago do Caimbé.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJRF - Comissão de Constituição Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/203/parecer_08_2022_ccj.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/203/parecer_08_2022_ccj.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permanência de um estagiário de Educação Física em cada academia popular do Município de Tefé e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/165/parecer_13_2022_ccj.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/165/parecer_13_2022_ccj.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei que: Altera a Lei Municipal nº 086/2015, referente ao Plano Municipal de Educação - PME e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>CESCTE - Comissão de Educação, Saúde, Cultura, Turismo e Esporte</t>
   </si>
   <si>
-    <t>https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/164/parecer_01_2022_comissao_de_educacao_saude_cultura_turismo_e_espo.pdf</t>
+    <t>http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/164/parecer_01_2022_comissao_de_educacao_saude_cultura_turismo_e_espo.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -675,68 +675,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/48/p_de_lei_02_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/100/p_de_lei_11_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/118/p_de_resolucao_02_fabio_araujo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/8/requerimento_12_carioca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_38_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_39_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_40_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_44_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_50_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/46/requerimento_52_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_58_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/47/requerimento_73_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_79_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_80_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_91_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_95_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_104_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/208/requerimento_159_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/203/parecer_08_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/165/parecer_13_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/164/parecer_01_2022_comissao_de_educacao_saude_cultura_turismo_e_espo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/48/p_de_lei_02_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/100/p_de_lei_11_fernando_araujo_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/118/p_de_resolucao_02_fabio_araujo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/8/requerimento_12_carioca.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_38_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_39_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_40_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_44_missionario_daniel_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_50_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/46/requerimento_52_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_58_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/47/requerimento_73_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_79_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_80_luri_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_91_manuel_situba_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_95_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_104_borbulha_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/198/requerimento_155_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/208/requerimento_159_carioca_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/203/parecer_08_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/165/parecer_13_2022_ccj.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tefe.am.leg.br/media/sapl/public/materialegislativa/2022/164/parecer_01_2022_comissao_de_educacao_saude_cultura_turismo_e_espo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>